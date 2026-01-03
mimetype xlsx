--- v0 (2025-11-07)
+++ v1 (2026-01-03)
@@ -12,83 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="722">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>PI per il Dipartimento</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>Tipologia progettuale</t>
   </si>
   <si>
     <t>Coordinatore progettuale</t>
   </si>
   <si>
     <t>Inizio</t>
   </si>
   <si>
     <t>Fine</t>
   </si>
   <si>
     <t>Budget</t>
   </si>
   <si>
     <t>Budget Unipi</t>
   </si>
   <si>
     <t>Partners</t>
   </si>
   <si>
     <t>Sito del progetto</t>
+  </si>
+  <si>
+    <t>Flavour Violation in Tau Decays to Leptons at CMS (Violazione di sapore nei decadimenti del tau in leptoni a CMS)</t>
+  </si>
+  <si>
+    <t>Prof. Francesco Tenchini</t>
+  </si>
+  <si>
+    <t>https://www.mur.gov.it/it/atti-e-normativa/decreto-direttoriale-n-201-del-03-07-2024</t>
+  </si>
+  <si>
+    <t>Investimento 1.2 “Finanziamento di progetti presentati da giovani ricercatori” del Piano Nazionale di Ripresa e Resilienza</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>21/05/2028</t>
+  </si>
+  <si>
+    <t>€ 299,750.00</t>
   </si>
   <si>
     <t>Laboratory-based 3D spectral virtual histology by means of photon-counting phase-contrast X-ray computed micro-tomography (micro-CT)</t>
   </si>
   <si>
     <t>Prof. Pasquale Delogu</t>
   </si>
   <si>
     <t>https://old.unipi.it/index.php/miur/itemlist/category/2037-bando-prin-2022</t>
   </si>
   <si>
     <t>PRIN 2022</t>
   </si>
   <si>
     <t>Università di Pisa</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>03/02/2027</t>
   </si>
   <si>
     <t>64.633,00 €</t>
   </si>
@@ -2525,51 +2546,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K107"/>
+  <dimension ref="A1:K108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="710.112" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1062.883" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="246.511" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -2594,3103 +2615,3126 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
         <v>15</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
         <v>21</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>22</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>23</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>24</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>25</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="F5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" t="s">
         <v>37</v>
       </c>
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
         <v>40</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
         <v>42</v>
       </c>
       <c r="E6" t="s">
         <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>45</v>
       </c>
-      <c r="J6" t="s">
+      <c r="I6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>47</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>49</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>50</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>51</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>52</v>
       </c>
-      <c r="G7" t="s">
+      <c r="J7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
         <v>55</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>56</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>57</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>58</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
         <v>59</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>60</v>
       </c>
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
         <v>63</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>64</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>65</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>66</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>67</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>68</v>
       </c>
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
         <v>72</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>73</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>74</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>75</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
         <v>76</v>
       </c>
-      <c r="F10" t="s">
+      <c r="J10" t="s">
         <v>77</v>
       </c>
-      <c r="G10" t="s">
+      <c r="K10" t="s">
         <v>78</v>
-      </c>
-[...7 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
         <v>82</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>83</v>
       </c>
-      <c r="D11" t="s">
+      <c r="F11" t="s">
         <v>84</v>
       </c>
-      <c r="E11" t="s">
+      <c r="G11" t="s">
         <v>85</v>
       </c>
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>86</v>
       </c>
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>87</v>
       </c>
-      <c r="I11" t="s">
+      <c r="K11" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
         <v>91</v>
       </c>
-      <c r="B12" t="s">
+      <c r="E12" t="s">
         <v>92</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
         <v>93</v>
       </c>
-      <c r="E12" t="s">
+      <c r="G12" t="s">
         <v>94</v>
       </c>
-      <c r="F12" t="s">
+      <c r="I12" t="s">
         <v>95</v>
       </c>
-      <c r="G12" t="s">
+      <c r="J12" t="s">
         <v>96</v>
       </c>
-      <c r="H12" t="s">
+      <c r="K12" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>98</v>
       </c>
       <c r="B13" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="C13" t="s">
         <v>99</v>
       </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>101</v>
+      </c>
       <c r="F13" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H13" t="s">
-        <v>102</v>
-[...4 lines deleted...]
-      <c r="K13" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>105</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" t="s">
         <v>106</v>
       </c>
       <c r="F14" t="s">
         <v>107</v>
       </c>
       <c r="G14" t="s">
         <v>108</v>
       </c>
+      <c r="H14" t="s">
+        <v>109</v>
+      </c>
       <c r="I14" t="s">
-        <v>109</v>
+        <v>110</v>
+      </c>
+      <c r="K14" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="E15" t="s">
         <v>113</v>
       </c>
       <c r="F15" t="s">
         <v>114</v>
       </c>
       <c r="G15" t="s">
         <v>115</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" t="s">
+        <v>118</v>
+      </c>
+      <c r="D16" t="s">
         <v>119</v>
       </c>
-      <c r="B16" t="s">
+      <c r="E16" t="s">
         <v>120</v>
       </c>
-      <c r="C16" t="s">
+      <c r="F16" t="s">
         <v>121</v>
       </c>
-      <c r="D16" t="s">
+      <c r="G16" t="s">
         <v>122</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>123</v>
       </c>
-      <c r="F16" t="s">
+      <c r="I16" t="s">
         <v>124</v>
       </c>
-      <c r="G16" t="s">
-[...2 lines deleted...]
-      <c r="H16" t="s">
+      <c r="J16" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>126</v>
       </c>
       <c r="B17" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="C17" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="D17" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="E17" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="F17" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="G17" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H17" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" t="s">
+        <v>99</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
         <v>129</v>
       </c>
-      <c r="B18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="F18" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="G18" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="H18" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>128</v>
       </c>
       <c r="D19" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="E19" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="F19" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="G19" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="H19" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>127</v>
       </c>
       <c r="C20" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E20" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F20" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G20" t="s">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="H20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D21" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E21" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="F21" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G21" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H21" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="I21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
+        <v>150</v>
+      </c>
+      <c r="B22" t="s">
+        <v>151</v>
+      </c>
+      <c r="C22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D22" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" t="s">
+        <v>134</v>
+      </c>
+      <c r="F22" t="s">
+        <v>141</v>
+      </c>
+      <c r="G22" t="s">
         <v>147</v>
       </c>
-      <c r="B22" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H22" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="I22" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B23" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C23" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D23" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E23" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F23" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G23" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H23" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="I23" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D24" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E24" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="F24" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G24" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H24" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="I24" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="B25" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C25" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D25" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E25" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="F25" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G25" t="s">
-        <v>140</v>
+        <v>147</v>
+      </c>
+      <c r="H25" t="s">
+        <v>166</v>
       </c>
       <c r="I25" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B26" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="C26" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D26" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E26" t="s">
-        <v>15</v>
+        <v>170</v>
       </c>
       <c r="F26" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G26" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>147</v>
+      </c>
+      <c r="I26" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B27" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D27" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E27" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F27" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G27" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H27" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="B28" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="C28" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D28" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E28" t="s">
-        <v>174</v>
+        <v>22</v>
       </c>
       <c r="F28" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G28" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H28" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="I28" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B29" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C29" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D29" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E29" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G29" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H29" t="s">
-        <v>179</v>
+        <v>148</v>
       </c>
       <c r="I29" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B30" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C30" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E30" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="F30" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G30" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H30" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="I30" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B31" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C31" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D31" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E31" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="F31" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G31" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H31" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I31" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B32" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C32" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D32" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E32" t="s">
-        <v>127</v>
+        <v>181</v>
       </c>
       <c r="F32" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G32" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H32" t="s">
-        <v>192</v>
+        <v>195</v>
+      </c>
+      <c r="I32" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C33" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D33" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E33" t="s">
-        <v>195</v>
+        <v>134</v>
       </c>
       <c r="F33" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G33" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C34" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E34" t="s">
-        <v>15</v>
+        <v>202</v>
       </c>
       <c r="F34" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G34" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H34" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="I34" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="B35" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="C35" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E35" t="s">
-        <v>123</v>
+        <v>22</v>
       </c>
       <c r="F35" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G35" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H35" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="I35" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="B36" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C36" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D36" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E36" t="s">
-        <v>174</v>
+        <v>130</v>
       </c>
       <c r="F36" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G36" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H36" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="I36" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D37" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="E37" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="F37" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G37" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="H37" t="s">
-        <v>192</v>
+        <v>215</v>
+      </c>
+      <c r="I37" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B38" t="s">
-        <v>194</v>
+        <v>218</v>
+      </c>
+      <c r="C38" t="s">
+        <v>36</v>
       </c>
       <c r="D38" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
       <c r="E38" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F38" t="s">
-        <v>216</v>
+        <v>141</v>
       </c>
       <c r="G38" t="s">
-        <v>217</v>
-[...8 lines deleted...]
-        <v>220</v>
+        <v>147</v>
+      </c>
+      <c r="H38" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
+        <v>220</v>
+      </c>
+      <c r="B39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
         <v>221</v>
       </c>
-      <c r="B39" t="s">
+      <c r="E39" t="s">
         <v>222</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>223</v>
       </c>
-      <c r="F39" t="s">
+      <c r="G39" t="s">
         <v>224</v>
       </c>
-      <c r="G39" t="s">
-[...2 lines deleted...]
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>225</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
         <v>226</v>
       </c>
-      <c r="J39" t="s">
+      <c r="K39" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>228</v>
       </c>
       <c r="B40" t="s">
         <v>229</v>
       </c>
       <c r="C40" t="s">
+        <v>118</v>
+      </c>
+      <c r="D40" t="s">
+        <v>119</v>
+      </c>
+      <c r="E40" t="s">
         <v>230</v>
       </c>
-      <c r="D40" t="s">
+      <c r="F40" t="s">
         <v>231</v>
       </c>
-      <c r="E40" t="s">
+      <c r="G40" t="s">
+        <v>108</v>
+      </c>
+      <c r="H40" t="s">
         <v>232</v>
       </c>
-      <c r="F40" t="s">
+      <c r="I40" t="s">
         <v>233</v>
       </c>
-      <c r="G40" t="s">
+      <c r="J40" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" t="s">
         <v>237</v>
       </c>
-      <c r="B41" t="s">
+      <c r="D41" t="s">
         <v>238</v>
       </c>
-      <c r="C41" t="s">
+      <c r="E41" t="s">
         <v>239</v>
       </c>
-      <c r="D41" t="s">
+      <c r="F41" t="s">
         <v>240</v>
       </c>
-      <c r="F41" t="s">
+      <c r="G41" t="s">
         <v>241</v>
       </c>
-      <c r="G41" t="s">
-        <v>61</v>
+      <c r="H41" t="s">
+        <v>242</v>
       </c>
       <c r="I41" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="K41" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>244</v>
       </c>
       <c r="B42" t="s">
         <v>245</v>
       </c>
       <c r="C42" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="D42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F42" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="G42" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="I42" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="K42" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
+        <v>251</v>
+      </c>
+      <c r="B43" t="s">
+        <v>252</v>
+      </c>
+      <c r="C43" t="s">
+        <v>246</v>
+      </c>
+      <c r="D43" t="s">
+        <v>253</v>
+      </c>
+      <c r="F43" t="s">
         <v>248</v>
       </c>
-      <c r="B43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="G43" t="s">
+        <v>68</v>
+      </c>
+      <c r="I43" t="s">
+        <v>254</v>
+      </c>
+      <c r="K43" t="s">
         <v>250</v>
-      </c>
-[...13 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
+        <v>255</v>
+      </c>
+      <c r="B44" t="s">
+        <v>137</v>
+      </c>
+      <c r="D44" t="s">
         <v>256</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="E44" t="s">
         <v>257</v>
       </c>
-      <c r="D44" t="s">
+      <c r="F44" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G44" t="s">
         <v>259</v>
       </c>
-      <c r="I44" t="s">
+      <c r="H44" t="s">
         <v>260</v>
       </c>
+      <c r="J44" t="s">
+        <v>261</v>
+      </c>
       <c r="K44" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B45" t="s">
-        <v>130</v>
+        <v>40</v>
       </c>
       <c r="C45" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="D45" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F45" t="s">
-        <v>265</v>
+        <v>107</v>
       </c>
       <c r="G45" t="s">
         <v>266</v>
       </c>
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>267</v>
       </c>
       <c r="K45" t="s">
-        <v>261</v>
+        <v>268</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
+        <v>269</v>
+      </c>
+      <c r="B46" t="s">
+        <v>137</v>
+      </c>
+      <c r="C46" t="s">
+        <v>264</v>
+      </c>
+      <c r="D46" t="s">
+        <v>270</v>
+      </c>
+      <c r="E46" t="s">
+        <v>271</v>
+      </c>
+      <c r="F46" t="s">
+        <v>272</v>
+      </c>
+      <c r="G46" t="s">
+        <v>273</v>
+      </c>
+      <c r="H46" t="s">
+        <v>274</v>
+      </c>
+      <c r="K46" t="s">
         <v>268</v>
-      </c>
-[...22 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>275</v>
       </c>
       <c r="B47" t="s">
         <v>276</v>
       </c>
       <c r="C47" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="D47" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E47" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F47" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="G47" t="s">
+        <v>76</v>
+      </c>
+      <c r="I47" t="s">
         <v>280</v>
       </c>
-      <c r="I47" t="s">
+      <c r="K47" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>237</v>
+        <v>282</v>
       </c>
       <c r="B48" t="s">
-        <v>130</v>
+        <v>283</v>
       </c>
       <c r="C48" t="s">
-        <v>239</v>
+        <v>277</v>
       </c>
       <c r="D48" t="s">
-        <v>282</v>
+        <v>284</v>
+      </c>
+      <c r="E48" t="s">
+        <v>285</v>
       </c>
       <c r="F48" t="s">
-        <v>241</v>
+        <v>286</v>
       </c>
       <c r="G48" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>287</v>
+      </c>
+      <c r="I48" t="s">
+        <v>288</v>
       </c>
       <c r="K48" t="s">
-        <v>243</v>
+        <v>281</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>284</v>
+        <v>244</v>
       </c>
       <c r="B49" t="s">
-        <v>285</v>
+        <v>137</v>
       </c>
       <c r="C49" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="D49" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="F49" t="s">
-        <v>100</v>
+        <v>248</v>
       </c>
       <c r="G49" t="s">
-        <v>217</v>
+        <v>68</v>
       </c>
       <c r="H49" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="K49" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="B50" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C50" t="s">
-        <v>290</v>
+        <v>246</v>
       </c>
       <c r="D50" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F50" t="s">
-        <v>241</v>
+        <v>107</v>
       </c>
       <c r="G50" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>224</v>
+      </c>
+      <c r="H50" t="s">
+        <v>294</v>
       </c>
       <c r="K50" t="s">
-        <v>293</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B51" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C51" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D51" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F51" t="s">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="G51" t="s">
-        <v>280</v>
+        <v>224</v>
       </c>
       <c r="I51" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="K51" t="s">
-        <v>274</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="B52" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C52" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D52" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>304</v>
       </c>
       <c r="F52" t="s">
-        <v>303</v>
+        <v>286</v>
       </c>
       <c r="G52" t="s">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="H52" t="s">
+        <v>287</v>
+      </c>
+      <c r="I52" t="s">
         <v>305</v>
       </c>
-      <c r="I52" t="s">
-[...3 lines deleted...]
-        <v>307</v>
+      <c r="K52" t="s">
+        <v>281</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
+        <v>306</v>
+      </c>
+      <c r="B53" t="s">
+        <v>307</v>
+      </c>
+      <c r="C53" t="s">
         <v>308</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>309</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
+        <v>134</v>
+      </c>
+      <c r="F53" t="s">
         <v>310</v>
       </c>
-      <c r="F53" t="s">
+      <c r="G53" t="s">
         <v>311</v>
       </c>
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>312</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>313</v>
       </c>
-      <c r="K53" t="s">
+      <c r="J53" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>315</v>
       </c>
       <c r="B54" t="s">
+        <v>245</v>
+      </c>
+      <c r="C54" t="s">
         <v>316</v>
       </c>
       <c r="D54" t="s">
         <v>317</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>318</v>
       </c>
-      <c r="F54" t="s">
+      <c r="G54" t="s">
         <v>319</v>
       </c>
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>320</v>
+      </c>
+      <c r="K54" t="s">
+        <v>321</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B55" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="C55" t="s">
         <v>323</v>
       </c>
       <c r="D55" t="s">
         <v>324</v>
       </c>
       <c r="E55" t="s">
-        <v>318</v>
+        <v>325</v>
       </c>
       <c r="F55" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="G55" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B56" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C56" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D56" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E56" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="F56" t="s">
         <v>332</v>
       </c>
       <c r="G56" t="s">
         <v>333</v>
       </c>
-      <c r="I56" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
+        <v>334</v>
+      </c>
+      <c r="B57" t="s">
+        <v>335</v>
+      </c>
+      <c r="C57" t="s">
+        <v>336</v>
+      </c>
+      <c r="D57" t="s">
         <v>337</v>
       </c>
-      <c r="B57" t="s">
+      <c r="E57" t="s">
         <v>338</v>
       </c>
-      <c r="C57" t="s">
+      <c r="F57" t="s">
         <v>339</v>
       </c>
-      <c r="D57" t="s">
+      <c r="G57" t="s">
         <v>340</v>
       </c>
-      <c r="E57" t="s">
+      <c r="I57" t="s">
         <v>341</v>
       </c>
-      <c r="F57" t="s">
+      <c r="J57" t="s">
         <v>342</v>
       </c>
-      <c r="G57" t="s">
+      <c r="K57" t="s">
         <v>343</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
+        <v>344</v>
+      </c>
+      <c r="B58" t="s">
+        <v>345</v>
+      </c>
+      <c r="C58" t="s">
+        <v>346</v>
+      </c>
+      <c r="D58" t="s">
         <v>347</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="E58" t="s">
         <v>348</v>
       </c>
-      <c r="D58" t="s">
-[...2 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>349</v>
       </c>
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>350</v>
       </c>
-      <c r="G58" t="s">
+      <c r="I58" t="s">
         <v>351</v>
       </c>
-      <c r="I58" t="s">
+      <c r="J58" t="s">
         <v>352</v>
       </c>
-      <c r="J58" t="s">
+      <c r="K58" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
+        <v>354</v>
+      </c>
+      <c r="B59" t="s">
+        <v>335</v>
+      </c>
+      <c r="C59" t="s">
         <v>355</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>337</v>
+      </c>
+      <c r="E59" t="s">
         <v>356</v>
       </c>
-      <c r="D59" t="s">
+      <c r="F59" t="s">
         <v>357</v>
       </c>
-      <c r="E59" t="s">
-[...2 lines deleted...]
-      <c r="F59" t="s">
+      <c r="G59" t="s">
         <v>358</v>
       </c>
-      <c r="G59" t="s">
+      <c r="I59" t="s">
         <v>359</v>
       </c>
-      <c r="I59" t="s">
+      <c r="J59" t="s">
         <v>360</v>
       </c>
-      <c r="J59" t="s">
+      <c r="K59" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
+        <v>362</v>
+      </c>
+      <c r="B60" t="s">
+        <v>137</v>
+      </c>
+      <c r="C60" t="s">
         <v>363</v>
       </c>
-      <c r="B60" t="s">
+      <c r="D60" t="s">
         <v>364</v>
       </c>
-      <c r="C60" t="s">
+      <c r="E60" t="s">
+        <v>239</v>
+      </c>
+      <c r="F60" t="s">
         <v>365</v>
       </c>
-      <c r="D60" t="s">
+      <c r="G60" t="s">
         <v>366</v>
       </c>
-      <c r="E60" t="s">
+      <c r="I60" t="s">
         <v>367</v>
       </c>
-      <c r="F60" t="s">
+      <c r="J60" t="s">
         <v>368</v>
       </c>
-      <c r="G60" t="s">
+      <c r="K60" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
+        <v>370</v>
+      </c>
+      <c r="B61" t="s">
+        <v>371</v>
+      </c>
+      <c r="C61" t="s">
+        <v>372</v>
+      </c>
+      <c r="D61" t="s">
         <v>373</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="E61" t="s">
         <v>374</v>
       </c>
-      <c r="D61" t="s">
-[...2 lines deleted...]
-      <c r="E61" t="s">
+      <c r="F61" t="s">
         <v>375</v>
       </c>
-      <c r="F61" t="s">
+      <c r="G61" t="s">
         <v>376</v>
       </c>
-      <c r="G61" t="s">
+      <c r="I61" t="s">
         <v>377</v>
       </c>
-      <c r="I61" t="s">
+      <c r="J61" t="s">
         <v>378</v>
       </c>
-      <c r="J61" t="s">
+      <c r="K61" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
+        <v>380</v>
+      </c>
+      <c r="B62" t="s">
+        <v>99</v>
+      </c>
+      <c r="C62" t="s">
         <v>381</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>337</v>
+      </c>
+      <c r="E62" t="s">
         <v>382</v>
       </c>
-      <c r="D62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="G62" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I62" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J62" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="K62" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B63" t="s">
-        <v>388</v>
+        <v>252</v>
       </c>
       <c r="C63" t="s">
         <v>389</v>
       </c>
       <c r="D63" t="s">
+        <v>337</v>
+      </c>
+      <c r="E63" t="s">
+        <v>356</v>
+      </c>
+      <c r="F63" t="s">
+        <v>383</v>
+      </c>
+      <c r="G63" t="s">
         <v>390</v>
       </c>
-      <c r="E63" t="s">
+      <c r="I63" t="s">
         <v>391</v>
       </c>
-      <c r="F63" t="s">
+      <c r="J63" t="s">
         <v>392</v>
       </c>
-      <c r="G63" t="s">
+      <c r="K63" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
+        <v>394</v>
+      </c>
+      <c r="B64" t="s">
+        <v>395</v>
+      </c>
+      <c r="C64" t="s">
+        <v>396</v>
+      </c>
+      <c r="D64" t="s">
+        <v>397</v>
+      </c>
+      <c r="E64" t="s">
         <v>398</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="F64" t="s">
         <v>399</v>
       </c>
-      <c r="D64" t="s">
+      <c r="G64" t="s">
         <v>400</v>
       </c>
-      <c r="E64" t="s">
+      <c r="H64" t="s">
         <v>401</v>
       </c>
-      <c r="F64" t="s">
+      <c r="I64" t="s">
         <v>402</v>
       </c>
-      <c r="G64" t="s">
+      <c r="J64" t="s">
         <v>403</v>
       </c>
-      <c r="H64" t="s">
+      <c r="K64" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
+        <v>405</v>
+      </c>
+      <c r="B65" t="s">
+        <v>184</v>
+      </c>
+      <c r="C65" t="s">
         <v>406</v>
       </c>
-      <c r="B65" t="s">
+      <c r="D65" t="s">
         <v>407</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E65" t="s">
         <v>408</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F65" t="s">
         <v>409</v>
       </c>
-      <c r="E65" t="s">
+      <c r="G65" t="s">
         <v>410</v>
       </c>
-      <c r="F65" t="s">
+      <c r="H65" t="s">
         <v>411</v>
       </c>
-      <c r="G65" t="s">
+      <c r="K65" t="s">
         <v>412</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
+        <v>413</v>
+      </c>
+      <c r="B66" t="s">
+        <v>414</v>
+      </c>
+      <c r="C66" t="s">
+        <v>415</v>
+      </c>
+      <c r="D66" t="s">
+        <v>416</v>
+      </c>
+      <c r="E66" t="s">
         <v>417</v>
       </c>
-      <c r="B66" t="s">
+      <c r="F66" t="s">
         <v>418</v>
       </c>
-      <c r="C66" t="s">
+      <c r="G66" t="s">
         <v>419</v>
       </c>
-      <c r="D66" t="s">
+      <c r="H66" t="s">
         <v>420</v>
       </c>
-      <c r="E66" t="s">
+      <c r="I66" t="s">
         <v>421</v>
       </c>
-      <c r="F66" t="s">
+      <c r="J66" t="s">
         <v>422</v>
       </c>
-      <c r="G66" t="s">
+      <c r="K66" t="s">
         <v>423</v>
-      </c>
-[...10 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
+        <v>424</v>
+      </c>
+      <c r="B67" t="s">
+        <v>425</v>
+      </c>
+      <c r="C67" t="s">
+        <v>426</v>
+      </c>
+      <c r="D67" t="s">
+        <v>427</v>
+      </c>
+      <c r="E67" t="s">
         <v>428</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="D67" t="s">
+      <c r="F67" t="s">
         <v>429</v>
       </c>
-      <c r="E67" t="s">
+      <c r="G67" t="s">
         <v>430</v>
       </c>
-      <c r="F67" t="s">
+      <c r="H67" t="s">
         <v>431</v>
       </c>
-      <c r="G67" t="s">
-[...2 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>432</v>
       </c>
-      <c r="I67" t="s">
+      <c r="J67" t="s">
         <v>433</v>
       </c>
-      <c r="J67" t="s">
+      <c r="K67" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
+        <v>435</v>
+      </c>
+      <c r="B68" t="s">
+        <v>40</v>
+      </c>
+      <c r="D68" t="s">
         <v>436</v>
       </c>
-      <c r="B68" t="s">
+      <c r="E68" t="s">
         <v>437</v>
       </c>
-      <c r="D68" t="s">
+      <c r="F68" t="s">
         <v>438</v>
       </c>
-      <c r="E68" t="s">
+      <c r="G68" t="s">
+        <v>390</v>
+      </c>
+      <c r="H68" t="s">
         <v>439</v>
       </c>
-      <c r="F68" t="s">
+      <c r="I68" t="s">
         <v>440</v>
       </c>
-      <c r="G68" t="s">
+      <c r="J68" t="s">
         <v>441</v>
       </c>
-      <c r="H68" t="s">
+      <c r="K68" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
+        <v>443</v>
+      </c>
+      <c r="B69" t="s">
+        <v>444</v>
+      </c>
+      <c r="D69" t="s">
+        <v>445</v>
+      </c>
+      <c r="E69" t="s">
         <v>446</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>447</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
         <v>448</v>
       </c>
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>449</v>
       </c>
-      <c r="G69" t="s">
+      <c r="I69" t="s">
         <v>450</v>
       </c>
-      <c r="H69" t="s">
+      <c r="J69" t="s">
         <v>451</v>
       </c>
-      <c r="I69" t="s">
+      <c r="K69" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
+        <v>453</v>
+      </c>
+      <c r="B70" t="s">
+        <v>99</v>
+      </c>
+      <c r="D70" t="s">
+        <v>454</v>
+      </c>
+      <c r="E70" t="s">
         <v>455</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>456</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
         <v>457</v>
       </c>
-      <c r="F70" t="s">
+      <c r="H70" t="s">
         <v>458</v>
       </c>
-      <c r="G70" t="s">
-[...2 lines deleted...]
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>459</v>
       </c>
       <c r="J70" t="s">
         <v>460</v>
       </c>
       <c r="K70" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
         <v>462</v>
       </c>
       <c r="B71" t="s">
+        <v>55</v>
+      </c>
+      <c r="D71" t="s">
         <v>463</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="F71" t="s">
         <v>465</v>
       </c>
       <c r="G71" t="s">
+        <v>318</v>
+      </c>
+      <c r="H71" t="s">
         <v>466</v>
       </c>
-      <c r="H71" t="s">
+      <c r="J71" t="s">
         <v>467</v>
       </c>
-      <c r="I71" t="s">
+      <c r="K71" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
+        <v>469</v>
+      </c>
+      <c r="B72" t="s">
+        <v>470</v>
+      </c>
+      <c r="D72" t="s">
         <v>471</v>
       </c>
-      <c r="B72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E72" t="s">
+        <v>455</v>
+      </c>
+      <c r="F72" t="s">
         <v>472</v>
       </c>
-      <c r="F72" t="s">
+      <c r="G72" t="s">
         <v>473</v>
       </c>
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>474</v>
       </c>
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>475</v>
       </c>
-      <c r="I72" t="s">
+      <c r="J72" t="s">
         <v>476</v>
       </c>
-      <c r="J72" t="s">
+      <c r="K72" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
+        <v>478</v>
+      </c>
+      <c r="B73" t="s">
+        <v>444</v>
+      </c>
+      <c r="D73" t="s">
+        <v>436</v>
+      </c>
+      <c r="E73" t="s">
         <v>479</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="D73" t="s">
+      <c r="F73" t="s">
         <v>480</v>
       </c>
-      <c r="E73" t="s">
-[...2 lines deleted...]
-      <c r="F73" t="s">
+      <c r="G73" t="s">
         <v>481</v>
       </c>
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>482</v>
       </c>
-      <c r="H73" t="s">
+      <c r="I73" t="s">
         <v>483</v>
       </c>
+      <c r="J73" t="s">
+        <v>484</v>
+      </c>
       <c r="K73" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B74" t="s">
-        <v>322</v>
+        <v>444</v>
       </c>
       <c r="D74" t="s">
-        <v>429</v>
+        <v>487</v>
       </c>
       <c r="E74" t="s">
-        <v>486</v>
+        <v>428</v>
       </c>
       <c r="F74" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="G74" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H74" t="s">
-        <v>489</v>
-[...1 lines deleted...]
-      <c r="I74" t="s">
         <v>490</v>
       </c>
-      <c r="J74" t="s">
+      <c r="K74" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
+        <v>492</v>
+      </c>
+      <c r="B75" t="s">
+        <v>329</v>
+      </c>
+      <c r="D75" t="s">
+        <v>436</v>
+      </c>
+      <c r="E75" t="s">
         <v>493</v>
       </c>
-      <c r="B75" t="s">
+      <c r="F75" t="s">
         <v>494</v>
       </c>
-      <c r="D75" t="s">
+      <c r="G75" t="s">
         <v>495</v>
       </c>
-      <c r="E75" t="s">
+      <c r="H75" t="s">
         <v>496</v>
       </c>
-      <c r="F75" t="s">
+      <c r="I75" t="s">
         <v>497</v>
       </c>
-      <c r="G75" t="s">
+      <c r="J75" t="s">
         <v>498</v>
       </c>
-      <c r="H75" t="s">
+      <c r="K75" t="s">
         <v>499</v>
-      </c>
-[...7 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
+        <v>500</v>
+      </c>
+      <c r="B76" t="s">
+        <v>501</v>
+      </c>
+      <c r="D76" t="s">
         <v>502</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>503</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
         <v>504</v>
       </c>
-      <c r="F76" t="s">
+      <c r="G76" t="s">
         <v>505</v>
       </c>
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>506</v>
       </c>
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>507</v>
       </c>
-      <c r="I76" t="s">
+      <c r="J76" t="s">
+        <v>428</v>
+      </c>
+      <c r="K76" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
+        <v>509</v>
+      </c>
+      <c r="B77" t="s">
+        <v>414</v>
+      </c>
+      <c r="D77" t="s">
+        <v>510</v>
+      </c>
+      <c r="E77" t="s">
         <v>511</v>
       </c>
-      <c r="B77" t="s">
+      <c r="F77" t="s">
         <v>512</v>
       </c>
-      <c r="D77" t="s">
-[...2 lines deleted...]
-      <c r="E77" t="s">
+      <c r="G77" t="s">
         <v>513</v>
       </c>
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>514</v>
       </c>
-      <c r="G77" t="s">
+      <c r="I77" t="s">
         <v>515</v>
       </c>
-      <c r="H77" t="s">
+      <c r="J77" t="s">
         <v>516</v>
       </c>
-      <c r="I77" t="s">
+      <c r="K77" t="s">
         <v>517</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
+        <v>518</v>
+      </c>
+      <c r="B78" t="s">
+        <v>519</v>
+      </c>
+      <c r="D78" t="s">
+        <v>471</v>
+      </c>
+      <c r="E78" t="s">
         <v>520</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="F78" t="s">
         <v>521</v>
       </c>
-      <c r="D78" t="s">
+      <c r="G78" t="s">
         <v>522</v>
       </c>
-      <c r="E78" t="s">
+      <c r="H78" t="s">
         <v>523</v>
       </c>
-      <c r="F78" t="s">
+      <c r="I78" t="s">
         <v>524</v>
       </c>
-      <c r="G78" t="s">
+      <c r="J78" t="s">
         <v>525</v>
       </c>
-      <c r="H78" t="s">
+      <c r="K78" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>527</v>
+      </c>
+      <c r="B79" t="s">
+        <v>99</v>
+      </c>
+      <c r="C79" t="s">
+        <v>528</v>
+      </c>
+      <c r="D79" t="s">
+        <v>529</v>
+      </c>
+      <c r="E79" t="s">
         <v>530</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="D79" t="s">
+      <c r="F79" t="s">
         <v>531</v>
       </c>
-      <c r="E79" t="s">
-[...2 lines deleted...]
-      <c r="F79" t="s">
+      <c r="G79" t="s">
         <v>532</v>
       </c>
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>533</v>
       </c>
-      <c r="H79" t="s">
+      <c r="I79" t="s">
         <v>534</v>
       </c>
       <c r="J79" t="s">
         <v>535</v>
       </c>
       <c r="K79" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
         <v>537</v>
       </c>
       <c r="B80" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="C80" t="s">
+        <v>99</v>
+      </c>
+      <c r="D80" t="s">
         <v>538</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
+        <v>161</v>
+      </c>
+      <c r="F80" t="s">
         <v>539</v>
       </c>
-      <c r="E80" t="s">
+      <c r="G80" t="s">
         <v>540</v>
       </c>
-      <c r="F80" t="s">
+      <c r="H80" t="s">
         <v>541</v>
       </c>
-      <c r="G80" t="s">
+      <c r="J80" t="s">
         <v>542</v>
       </c>
-      <c r="H80" t="s">
+      <c r="K80" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>544</v>
+      </c>
+      <c r="B81" t="s">
+        <v>151</v>
+      </c>
+      <c r="C81" t="s">
+        <v>545</v>
+      </c>
+      <c r="D81" t="s">
         <v>546</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="E81" t="s">
         <v>547</v>
       </c>
-      <c r="D81" t="s">
+      <c r="F81" t="s">
         <v>548</v>
       </c>
-      <c r="E81" t="s">
+      <c r="G81" t="s">
         <v>549</v>
       </c>
-      <c r="F81" t="s">
-[...2 lines deleted...]
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>550</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>551</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
         <v>552</v>
-      </c>
-[...4 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
+        <v>553</v>
+      </c>
+      <c r="B82" t="s">
+        <v>63</v>
+      </c>
+      <c r="C82" t="s">
+        <v>554</v>
+      </c>
+      <c r="D82" t="s">
         <v>555</v>
       </c>
-      <c r="B82" t="s">
+      <c r="E82" t="s">
         <v>556</v>
       </c>
-      <c r="D82" t="s">
-[...2 lines deleted...]
-      <c r="E82" t="s">
+      <c r="F82" t="s">
+        <v>399</v>
+      </c>
+      <c r="G82" t="s">
         <v>557</v>
       </c>
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>558</v>
       </c>
-      <c r="G82" t="s">
+      <c r="I82" t="s">
         <v>559</v>
       </c>
-      <c r="H82" t="s">
+      <c r="J82" t="s">
         <v>560</v>
       </c>
-      <c r="I82" t="s">
+      <c r="K82" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
+        <v>562</v>
+      </c>
+      <c r="B83" t="s">
+        <v>563</v>
+      </c>
+      <c r="D83" t="s">
+        <v>100</v>
+      </c>
+      <c r="E83" t="s">
         <v>564</v>
       </c>
-      <c r="B83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>565</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s">
         <v>566</v>
       </c>
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>567</v>
       </c>
-      <c r="H83" t="s">
+      <c r="I83" t="s">
         <v>568</v>
       </c>
-      <c r="I83" t="s">
+      <c r="J83" t="s">
         <v>569</v>
       </c>
-      <c r="J83" t="s">
+      <c r="K83" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
+        <v>571</v>
+      </c>
+      <c r="B84" t="s">
+        <v>563</v>
+      </c>
+      <c r="D84" t="s">
+        <v>100</v>
+      </c>
+      <c r="E84" t="s">
         <v>572</v>
       </c>
-      <c r="B84" t="s">
-[...2 lines deleted...]
-      <c r="C84" t="s">
+      <c r="F84" t="s">
         <v>573</v>
       </c>
-      <c r="D84" t="s">
+      <c r="G84" t="s">
         <v>574</v>
       </c>
-      <c r="E84" t="s">
-[...2 lines deleted...]
-      <c r="F84" t="s">
+      <c r="H84" t="s">
         <v>575</v>
       </c>
-      <c r="G84" t="s">
+      <c r="I84" t="s">
         <v>576</v>
       </c>
-      <c r="H84" t="s">
+      <c r="J84" t="s">
         <v>577</v>
       </c>
-      <c r="I84" t="s">
+      <c r="K84" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
+        <v>579</v>
+      </c>
+      <c r="B85" t="s">
+        <v>63</v>
+      </c>
+      <c r="C85" t="s">
         <v>580</v>
       </c>
-      <c r="B85" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="E85" t="s">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="F85" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="G85" t="s">
-        <v>24</v>
+        <v>583</v>
       </c>
       <c r="H85" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="I85" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J85" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B86" t="s">
-        <v>418</v>
+        <v>40</v>
       </c>
       <c r="C86" t="s">
-        <v>538</v>
+        <v>580</v>
       </c>
       <c r="D86" t="s">
-        <v>539</v>
+        <v>581</v>
       </c>
       <c r="E86" t="s">
-        <v>586</v>
+        <v>22</v>
       </c>
       <c r="F86" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="G86" t="s">
-        <v>588</v>
+        <v>31</v>
       </c>
       <c r="H86" t="s">
         <v>589</v>
       </c>
       <c r="I86" t="s">
         <v>590</v>
       </c>
       <c r="J86" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
         <v>592</v>
       </c>
       <c r="B87" t="s">
+        <v>425</v>
+      </c>
+      <c r="C87" t="s">
+        <v>545</v>
+      </c>
+      <c r="D87" t="s">
+        <v>546</v>
+      </c>
+      <c r="E87" t="s">
         <v>593</v>
       </c>
-      <c r="C87" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="G87" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="H87" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="I87" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="J87" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B88" t="s">
-        <v>92</v>
+        <v>600</v>
       </c>
       <c r="C88" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="D88" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="E88" t="s">
-        <v>154</v>
+        <v>219</v>
       </c>
       <c r="F88" t="s">
-        <v>541</v>
+        <v>594</v>
       </c>
       <c r="G88" t="s">
-        <v>542</v>
+        <v>595</v>
       </c>
       <c r="H88" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="I88" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="J88" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B89" t="s">
-        <v>48</v>
+        <v>99</v>
       </c>
       <c r="C89" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="D89" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="E89" t="s">
-        <v>15</v>
+        <v>161</v>
       </c>
       <c r="F89" t="s">
-        <v>541</v>
+        <v>548</v>
       </c>
       <c r="G89" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="H89" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="I89" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="J89" t="s">
-        <v>139</v>
+        <v>607</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B90" t="s">
-        <v>605</v>
+        <v>55</v>
       </c>
       <c r="C90" t="s">
-        <v>606</v>
+        <v>545</v>
       </c>
       <c r="D90" t="s">
-        <v>231</v>
+        <v>546</v>
       </c>
       <c r="E90" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F90" t="s">
-        <v>607</v>
+        <v>548</v>
       </c>
       <c r="G90" t="s">
-        <v>608</v>
+        <v>549</v>
+      </c>
+      <c r="H90" t="s">
+        <v>609</v>
       </c>
       <c r="I90" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="K90" t="s">
         <v>610</v>
+      </c>
+      <c r="J90" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
         <v>611</v>
       </c>
       <c r="B91" t="s">
         <v>612</v>
       </c>
       <c r="C91" t="s">
         <v>613</v>
       </c>
       <c r="D91" t="s">
+        <v>238</v>
+      </c>
+      <c r="E91" t="s">
+        <v>22</v>
+      </c>
+      <c r="F91" t="s">
         <v>614</v>
       </c>
-      <c r="E91" t="s">
+      <c r="G91" t="s">
         <v>615</v>
       </c>
-      <c r="F91" t="s">
+      <c r="I91" t="s">
         <v>616</v>
       </c>
-      <c r="G91" t="s">
-[...2 lines deleted...]
-      <c r="H91" t="s">
+      <c r="K91" t="s">
         <v>617</v>
-      </c>
-[...7 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
+        <v>618</v>
+      </c>
+      <c r="B92" t="s">
+        <v>619</v>
+      </c>
+      <c r="C92" t="s">
+        <v>620</v>
+      </c>
+      <c r="D92" t="s">
         <v>621</v>
       </c>
-      <c r="B92" t="s">
-[...2 lines deleted...]
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>622</v>
       </c>
-      <c r="D92" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F92" t="s">
-        <v>100</v>
+        <v>623</v>
       </c>
       <c r="G92" t="s">
-        <v>623</v>
+        <v>241</v>
       </c>
       <c r="H92" t="s">
         <v>624</v>
       </c>
       <c r="I92" t="s">
         <v>625</v>
       </c>
       <c r="J92" t="s">
         <v>626</v>
       </c>
       <c r="K92" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>628</v>
       </c>
       <c r="B93" t="s">
+        <v>335</v>
+      </c>
+      <c r="C93" t="s">
         <v>629</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
+        <v>119</v>
+      </c>
+      <c r="E93" t="s">
+        <v>428</v>
+      </c>
+      <c r="F93" t="s">
+        <v>107</v>
+      </c>
+      <c r="G93" t="s">
         <v>630</v>
       </c>
-      <c r="D93" t="s">
+      <c r="H93" t="s">
         <v>631</v>
       </c>
-      <c r="E93" t="s">
-[...2 lines deleted...]
-      <c r="F93" t="s">
+      <c r="I93" t="s">
         <v>632</v>
       </c>
-      <c r="G93" t="s">
+      <c r="J93" t="s">
         <v>633</v>
       </c>
-      <c r="H93" t="s">
+      <c r="K93" t="s">
         <v>634</v>
-      </c>
-[...7 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
+        <v>635</v>
+      </c>
+      <c r="B94" t="s">
+        <v>636</v>
+      </c>
+      <c r="C94" t="s">
+        <v>637</v>
+      </c>
+      <c r="D94" t="s">
         <v>638</v>
       </c>
-      <c r="B94" t="s">
+      <c r="E94" t="s">
+        <v>428</v>
+      </c>
+      <c r="F94" t="s">
         <v>639</v>
       </c>
-      <c r="C94" t="s">
+      <c r="G94" t="s">
         <v>640</v>
       </c>
-      <c r="D94" t="s">
+      <c r="H94" t="s">
         <v>641</v>
       </c>
-      <c r="E94" t="s">
+      <c r="I94" t="s">
         <v>642</v>
       </c>
-      <c r="F94" t="s">
+      <c r="J94" t="s">
         <v>643</v>
       </c>
-      <c r="G94" t="s">
+      <c r="K94" t="s">
         <v>644</v>
-      </c>
-[...10 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>645</v>
+      </c>
+      <c r="B95" t="s">
+        <v>646</v>
+      </c>
+      <c r="C95" t="s">
+        <v>647</v>
+      </c>
+      <c r="D95" t="s">
+        <v>648</v>
+      </c>
+      <c r="E95" t="s">
         <v>649</v>
       </c>
-      <c r="B95" t="s">
+      <c r="F95" t="s">
         <v>650</v>
       </c>
-      <c r="C95" t="s">
+      <c r="G95" t="s">
         <v>651</v>
       </c>
-      <c r="D95" t="s">
-[...5 lines deleted...]
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>652</v>
       </c>
-      <c r="G95" t="s">
+      <c r="I95" t="s">
         <v>653</v>
       </c>
-      <c r="H95" t="s">
+      <c r="J95" t="s">
         <v>654</v>
       </c>
       <c r="K95" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>656</v>
       </c>
       <c r="B96" t="s">
-        <v>222</v>
+        <v>657</v>
       </c>
       <c r="C96" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D96" t="s">
-        <v>658</v>
+        <v>407</v>
       </c>
       <c r="E96" t="s">
+        <v>428</v>
+      </c>
+      <c r="F96" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="G96" t="s">
         <v>660</v>
       </c>
       <c r="H96" t="s">
         <v>661</v>
       </c>
-      <c r="I96" t="s">
+      <c r="K96" t="s">
         <v>662</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
+        <v>663</v>
+      </c>
+      <c r="B97" t="s">
+        <v>229</v>
+      </c>
+      <c r="C97" t="s">
+        <v>664</v>
+      </c>
+      <c r="D97" t="s">
         <v>665</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="E97" t="s">
         <v>666</v>
       </c>
-      <c r="D97" t="s">
+      <c r="F97" t="s">
+        <v>565</v>
+      </c>
+      <c r="G97" t="s">
         <v>667</v>
       </c>
-      <c r="E97" t="s">
-[...2 lines deleted...]
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>668</v>
       </c>
-      <c r="G97" t="s">
+      <c r="I97" t="s">
         <v>669</v>
       </c>
-      <c r="H97" t="s">
+      <c r="J97" t="s">
         <v>670</v>
       </c>
-      <c r="I97" t="s">
+      <c r="K97" t="s">
         <v>671</v>
-      </c>
-[...4 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
+        <v>672</v>
+      </c>
+      <c r="B98" t="s">
+        <v>335</v>
+      </c>
+      <c r="C98" t="s">
+        <v>673</v>
+      </c>
+      <c r="D98" t="s">
         <v>674</v>
       </c>
-      <c r="B98" t="s">
-[...2 lines deleted...]
-      <c r="C98" t="s">
+      <c r="E98" t="s">
+        <v>455</v>
+      </c>
+      <c r="F98" t="s">
         <v>675</v>
       </c>
-      <c r="D98" t="s">
-[...2 lines deleted...]
-      <c r="E98" t="s">
+      <c r="G98" t="s">
         <v>676</v>
       </c>
-      <c r="F98" t="s">
+      <c r="H98" t="s">
         <v>677</v>
       </c>
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>678</v>
       </c>
-      <c r="H98" t="s">
+      <c r="J98" t="s">
         <v>679</v>
       </c>
-      <c r="I98" t="s">
+      <c r="K98" t="s">
         <v>680</v>
-      </c>
-[...4 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
+        <v>681</v>
+      </c>
+      <c r="B99" t="s">
+        <v>229</v>
+      </c>
+      <c r="C99" t="s">
+        <v>682</v>
+      </c>
+      <c r="D99" t="s">
+        <v>674</v>
+      </c>
+      <c r="E99" t="s">
         <v>683</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="F99" t="s">
         <v>684</v>
       </c>
-      <c r="D99" t="s">
+      <c r="G99" t="s">
         <v>685</v>
       </c>
-      <c r="E99" t="s">
-[...2 lines deleted...]
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>686</v>
       </c>
-      <c r="G99" t="s">
-[...2 lines deleted...]
-      <c r="H99" t="s">
+      <c r="I99" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
       <c r="J99" t="s">
         <v>688</v>
       </c>
       <c r="K99" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
         <v>690</v>
       </c>
       <c r="B100" t="s">
-        <v>28</v>
+        <v>335</v>
       </c>
       <c r="C100" t="s">
         <v>691</v>
       </c>
       <c r="D100" t="s">
         <v>692</v>
       </c>
       <c r="E100" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="F100" t="s">
         <v>693</v>
       </c>
       <c r="G100" t="s">
+        <v>115</v>
+      </c>
+      <c r="H100" t="s">
         <v>694</v>
       </c>
-      <c r="H100" t="s">
+      <c r="I100" t="s">
+        <v>632</v>
+      </c>
+      <c r="J100" t="s">
         <v>695</v>
       </c>
-      <c r="I100" t="s">
+      <c r="K100" t="s">
         <v>696</v>
-      </c>
-[...4 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
+        <v>697</v>
+      </c>
+      <c r="B101" t="s">
+        <v>35</v>
+      </c>
+      <c r="C101" t="s">
+        <v>698</v>
+      </c>
+      <c r="D101" t="s">
         <v>699</v>
       </c>
-      <c r="B101" t="s">
-[...2 lines deleted...]
-      <c r="C101" t="s">
+      <c r="E101" t="s">
+        <v>428</v>
+      </c>
+      <c r="F101" t="s">
         <v>700</v>
       </c>
-      <c r="D101" t="s">
-[...5 lines deleted...]
-      <c r="F101" t="s">
+      <c r="G101" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="H101" t="s">
         <v>702</v>
       </c>
       <c r="I101" t="s">
         <v>703</v>
       </c>
       <c r="J101" t="s">
         <v>704</v>
       </c>
       <c r="K101" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
         <v>706</v>
       </c>
       <c r="B102" t="s">
+        <v>395</v>
+      </c>
+      <c r="C102" t="s">
         <v>707</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>692</v>
+      </c>
+      <c r="E102" t="s">
+        <v>222</v>
+      </c>
+      <c r="F102" t="s">
         <v>708</v>
       </c>
-      <c r="D102" t="s">
-[...5 lines deleted...]
-      <c r="F102" t="s">
+      <c r="G102" t="s">
+        <v>540</v>
+      </c>
+      <c r="H102" t="s">
         <v>709</v>
       </c>
-      <c r="G102" t="s">
-[...2 lines deleted...]
-      <c r="H102" t="s">
+      <c r="I102" t="s">
         <v>710</v>
       </c>
-      <c r="I102" t="s">
+      <c r="J102" t="s">
         <v>711</v>
       </c>
-      <c r="J102" t="s">
+      <c r="K102" t="s">
         <v>712</v>
-      </c>
-[...1 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
+        <v>713</v>
+      </c>
+      <c r="B103" t="s">
         <v>714</v>
       </c>
+      <c r="C103" t="s">
+        <v>715</v>
+      </c>
+      <c r="D103" t="s">
+        <v>648</v>
+      </c>
       <c r="E103" t="s">
-        <v>388</v>
+        <v>222</v>
+      </c>
+      <c r="F103" t="s">
+        <v>716</v>
+      </c>
+      <c r="G103" t="s">
+        <v>147</v>
+      </c>
+      <c r="H103" t="s">
+        <v>717</v>
+      </c>
+      <c r="I103" t="s">
+        <v>718</v>
+      </c>
+      <c r="J103" t="s">
+        <v>719</v>
       </c>
       <c r="K103" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="E104" t="s">
-        <v>130</v>
+        <v>395</v>
       </c>
       <c r="K104" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="E105" t="s">
-        <v>328</v>
+        <v>137</v>
       </c>
       <c r="K105" t="s">
-        <v>336</v>
+        <v>724</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="E106" t="s">
-        <v>33</v>
+        <v>335</v>
       </c>
       <c r="K106" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E107" t="s">
-        <v>245</v>
+        <v>40</v>
       </c>
       <c r="K107" t="s">
-        <v>721</v>
+        <v>353</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" t="s">
+        <v>727</v>
+      </c>
+      <c r="E108" t="s">
+        <v>252</v>
+      </c>
+      <c r="K108" t="s">
+        <v>728</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">