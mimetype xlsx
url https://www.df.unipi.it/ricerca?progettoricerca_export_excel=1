--- v1 (2026-01-03)
+++ v2 (2026-03-04)
@@ -12,101 +12,161 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="744">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>PI per il Dipartimento</t>
   </si>
   <si>
     <t>Call</t>
   </si>
   <si>
     <t>Tipologia progettuale</t>
   </si>
   <si>
     <t>Coordinatore progettuale</t>
   </si>
   <si>
     <t>Inizio</t>
   </si>
   <si>
     <t>Fine</t>
   </si>
   <si>
     <t>Budget</t>
   </si>
   <si>
     <t>Budget Unipi</t>
   </si>
   <si>
     <t>Partners</t>
   </si>
   <si>
     <t>Sito del progetto</t>
   </si>
   <si>
+    <t>Neutron Experiments join Muon Experiments for Synergy in Investigatio and Search for new physics (Nemesis)</t>
+  </si>
+  <si>
+    <t>Prof.ssa Angela Papa</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=HORIZON-MSCA-2024-SE-01&amp;amp;isExactMatch=true&amp;amp;status=31094501,31094502,31094503&amp;amp;order=DESC&amp;amp;pageNumber=1&amp;amp;pageSize=50&amp;amp;sortBy=startDate</t>
+  </si>
+  <si>
+    <t>HORIZON-TMA-MSCA-SE</t>
+  </si>
+  <si>
+    <t>ISTITUTO NAZIONALE DI FISICA NUCLEARE</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>31/01/2029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">€ 1,803,600.00 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">€ 110,220.00 </t>
+  </si>
+  <si>
+    <t>UNIVERSITA DEGLI STUDI DI PADOVA, HELMHOLTZ-ZENTRUM DRESDEN-ROSSENDORF EV, JOHANNES GUTENBERG-UNIVERSITAT MAINZ, THE UNIVERSITY OF LIVERPOOL, UNIVERSITY COLLEGE LONDON, UNIWERSYTET JAGIELLONSKI, LABORATORIO DE INSTRUMENTACAO E FISICA EXPERIMENTAL DE PARTICULAS LIP, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS, UNITED KINGDOM RESEARCH AND INNOVATION, COSTRUZIONI APPARECCHIATURE ELETTRONICHE NUCLEARI CAEN SPA, EASTERN WALL TECHNOLOGIES SP ZOO., RUPRECHT-KARLS-UNIVERSITAET HEIDELBERG</t>
+  </si>
+  <si>
+    <t>THz-FIR Colour Imaging of Skin Cancer Based on Analysis of its Thermal Emission (THz-Skin)</t>
+  </si>
+  <si>
+    <t>Prof. Alessandro Pitanti</t>
+  </si>
+  <si>
+    <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/calls-for-proposals?callIdentifier=HORIZON-EIC-2025-PATHFINDEROPEN&amp;amp;isExactMatch=true&amp;amp;status=31094501,31094502,31094503&amp;amp;order=DESC&amp;amp;pageNumber=1&amp;amp;pageSize=50&amp;amp;sortBy=startDate</t>
+  </si>
+  <si>
+    <t>HORIZON-EIC HORIZON EIC</t>
+  </si>
+  <si>
+    <t>ITA-SUOMEN YLIOPISTO</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>31/01/2030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">€ 2,998,912.50 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">€ 349,998.75 </t>
+  </si>
+  <si>
+    <t>ELETTRA - SINCROTRONE TRIESTE SCPA, VALSTYBINIS MOKSLINIU TYRIMU INSTITUTAS FIZINIU IR TECHNOLOGIJOS MOKSLU CENTRAS, FONDAZIONE BRUNO KESSLER, UNIVERSITA DEGLI STUDI DI SALERNO, UAB TERAVIL, ASTERIA BUSINESS DEVELOPMENT LTD, SCIPROM SARL</t>
+  </si>
+  <si>
     <t>Flavour Violation in Tau Decays to Leptons at CMS (Violazione di sapore nei decadimenti del tau in leptoni a CMS)</t>
   </si>
   <si>
     <t>Prof. Francesco Tenchini</t>
   </si>
   <si>
     <t>https://www.mur.gov.it/it/atti-e-normativa/decreto-direttoriale-n-201-del-03-07-2024</t>
   </si>
   <si>
     <t>Investimento 1.2 “Finanziamento di progetti presentati da giovani ricercatori” del Piano Nazionale di Ripresa e Resilienza</t>
   </si>
   <si>
-    <t>22/05/2025</t>
-[...2 lines deleted...]
-    <t>21/05/2028</t>
+    <t>30/12/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
   </si>
   <si>
     <t>€ 299,750.00</t>
   </si>
   <si>
     <t>Laboratory-based 3D spectral virtual histology by means of photon-counting phase-contrast X-ray computed micro-tomography (micro-CT)</t>
   </si>
   <si>
     <t>Prof. Pasquale Delogu</t>
   </si>
   <si>
     <t>https://old.unipi.it/index.php/miur/itemlist/category/2037-bando-prin-2022</t>
   </si>
   <si>
     <t>PRIN 2022</t>
   </si>
   <si>
     <t>Università di Pisa</t>
   </si>
   <si>
     <t>04/02/2025</t>
   </si>
   <si>
     <t>03/02/2027</t>
   </si>
@@ -293,54 +353,51 @@
   <si>
     <t>30/09/2028</t>
   </si>
   <si>
     <t>1.531.691,47</t>
   </si>
   <si>
     <t>147.632,91</t>
   </si>
   <si>
     <t>https://researchitaly.mur.gov.it/en/physics-asix-project-granted-e1-5-million/</t>
   </si>
   <si>
     <t>Space It Up!</t>
   </si>
   <si>
     <t>https://www.asi.it/bandi_e_concorsi/bando-di-finanziamento-per-le-attivita-spaziali-tematica-15-di-cui-allavviso-mur-n-341-del-15-03-2022-per-partenariati-estesi-alle-universita-ai-centri-di-r/</t>
   </si>
   <si>
     <t>Partenariato esteso “Space it up” del PNRR</t>
   </si>
   <si>
     <t>Politecnico di Torino</t>
   </si>
   <si>
-    <t>01/08/2024</t>
-[...2 lines deleted...]
-    <t>31/01/2027</t>
+    <t>31/08/2028</t>
   </si>
   <si>
     <t>569537,48</t>
   </si>
   <si>
     <t>Politecnico di Milano, Università degli Studi di Napoli “Federico II”, La Sapienza-Università di Roma, Università di Padova, Università degli Studi di Trento, Gran Sasso Science Institute, Università di Bologna, Università di Pisa, Politecnico di Bari, Università degli Studi di Firenze, Università della Calabria e Università degli Studi di Roma “Tor Vergata”, Centro Nazionale delle Ricerche-CNR, Istituto Nazionale di Astrofisica-INAF, Istituto Nazionale di Fisica Nucleare-INFN, Istituto Nazionale di Geofisica e Vulcanologia-INGV, Istituto Nazionale di Ricerca Metrologica-INRiM, Istituto Italiano di Tecnologia-IIT, Centro Euro-Mediterraneo sui Cambiamenti Climatici-CMCC, Agenzia nazionale per le nuove tecnologie, l'energia e lo sviluppo economico sostenibile-ENEA, Fondazione Bruno Kessler e Fondazione LINKS, Leonardo, TAS-I, Telespazio, Altec, E-Geos, Cira, Sitael, Argotec, TYVAk e Mapsat</t>
   </si>
   <si>
     <t>https://www.polito.it/ateneo/comunicazione-e-ufficio-stampa/poliflash/space-it-up-nasce-la-societa-consortile-per-l-eccellenza</t>
   </si>
   <si>
     <t>Laser etero-integrato a stato solido per trapole ottiche (LESSO)</t>
   </si>
   <si>
     <t>Prof. Alessandro Tredicucci</t>
   </si>
   <si>
     <t>AGENZIA SPAZIALE ITALIANA - ASI</t>
   </si>
   <si>
     <t>Fondazione Bruno Kessler</t>
   </si>
   <si>
     <t>26/07/2018</t>
   </si>
@@ -410,98 +467,98 @@
   <si>
     <t xml:space="preserve">€ 414,000.00 </t>
   </si>
   <si>
     <t>UNIVERSITA'DI PISA, MAX-PLANCK-GESELLSCHAFT ZUR FORDERUNG DER WISSENSCHAFTEN EV, WEIZMANN INSTITUTE OF SCIENCE</t>
   </si>
   <si>
     <t>INtegrable Thz si-basEd quaNtum caScade opEration (INTENSE)</t>
   </si>
   <si>
     <t>Prof. Michele Virgilio</t>
   </si>
   <si>
     <t>https://www.unipi.it/index.php/miur/itemlist/category/2133-bando-prin-2022-pnrr</t>
   </si>
   <si>
     <t>PRIN 2022 PNRR</t>
   </si>
   <si>
     <t xml:space="preserve">Università di Pisa  </t>
   </si>
   <si>
     <t>30/11/2023</t>
   </si>
   <si>
-    <t>€ 114.869,25</t>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>€ 120.915</t>
   </si>
   <si>
     <t>Mid-Infrared Nanophotonics for Sustainability (MINAS)</t>
   </si>
   <si>
     <t xml:space="preserve">Università di Pisa </t>
   </si>
   <si>
     <t>€ 114.000</t>
   </si>
   <si>
     <t>Integrated Analog Neural Network for Emission Tomography (IANNET)</t>
   </si>
   <si>
     <t>Prof. Nicola Belcari</t>
   </si>
   <si>
     <t>€ 114.556,7</t>
   </si>
   <si>
     <t>germanium Quantum wells for SENSing in the mid-infrareEd (QSENSE)</t>
   </si>
   <si>
     <t>Politecnico di Milano</t>
   </si>
   <si>
     <t>28/09/2023</t>
   </si>
   <si>
     <t>60.595,00 €</t>
   </si>
   <si>
     <t>22.992,00 €</t>
   </si>
   <si>
     <t>TeRahertz Polaritons unveiled by NEar-field nanoscopy (TRAPNE)</t>
   </si>
   <si>
     <t>Prof. Andrea Tomadin</t>
   </si>
   <si>
     <t xml:space="preserve">Consiglio Nazionale delle Ricerche </t>
   </si>
   <si>
-    <t>28/02/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>53.000,00 €</t>
   </si>
   <si>
     <t>11.530,00 €</t>
   </si>
   <si>
     <t>TRampolines as Ultra-Sensitive Thermomechanical bolometers (TRUSTT)</t>
   </si>
   <si>
     <t>Prof. Stefano Roddaro</t>
   </si>
   <si>
     <t>119.480,00 €</t>
   </si>
   <si>
     <t>34.516,00 €</t>
   </si>
   <si>
     <t>Boosting Inference for Gravitational-wave Astrophysics (BIGA)</t>
   </si>
   <si>
     <t>Prof. Angelo Ricciardone</t>
   </si>
   <si>
     <t xml:space="preserve">Università degli Studi di Roma 'La Sapienza' </t>
@@ -680,300 +737,291 @@
   <si>
     <t>Prof. Paolo Francavilla</t>
   </si>
   <si>
     <t>60.000,00 €</t>
   </si>
   <si>
     <t>11.351,00 €</t>
   </si>
   <si>
     <t>Artificially devised many-body quantum dynamics in low dimensions (ManyQLowD)</t>
   </si>
   <si>
     <t>Prof. Vincenzo Alba</t>
   </si>
   <si>
     <t>Scuola Internazionale Superiore di Studi Avanzati di Trieste</t>
   </si>
   <si>
     <t>La metamorfosi Additiva del Design (MAD)</t>
   </si>
   <si>
     <t xml:space="preserve">PON Ricerca e Innovazione 2014–2020 </t>
   </si>
   <si>
-    <t>ISTITUTO NAZIONALE DI FISICA NUCLEARE</t>
-[...1 lines deleted...]
-  <si>
     <t>22/05/2023</t>
   </si>
   <si>
-    <t>31/12/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>€ 150.000,00</t>
   </si>
   <si>
     <t>DHITECH Distretto Tecnologico HighTech, IDEA &amp;amp; SVILUPPO SRL, Scuola Normale Superiore , Università del SALENTO</t>
   </si>
   <si>
     <t>https://www.ponricerca.gov.it/</t>
   </si>
   <si>
     <t>Quantum Dynamic Control of Atomic, Molecular and Optical Processes (Q-DYNAMO)</t>
   </si>
   <si>
     <t>Prof.ssa Donatella Ciampini</t>
   </si>
   <si>
     <t>LATVIJAS UNIVERSITATE</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>€ 404.800,00</t>
   </si>
   <si>
     <t>€ 101.200,00</t>
   </si>
   <si>
     <t>UNIVERSITA DI PISA , UNIVERSITAET ULM, UNIVERSITA' DI PARMA</t>
   </si>
   <si>
     <t>Nanoscale Electromagnetic Control of Advanced Lubricants (NanoECoAL)</t>
   </si>
   <si>
     <t>Dott. Clodomiro Cafolla</t>
   </si>
   <si>
     <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-search;callCode=HORIZON-MSCA-2022-PF-01;freeTextSearchKeyword=;matchWholeText=true;typeCodes=1;statusCodes=31094501,31094502,31094503;programmePeriod=null;programCcm2Id=null;programDivisionCode=null;focusAreaCode=null;destinationGroup=null;missionGroup=null;geographicalZonesCode=null;programmeDivisionProspect=null;startDateLte=null;startDateGte=null;crossCuttingPriorityCode=null;cpvCode=null;performanceOfDelivery=null;sortQuery=sortStatus;orderBy=asc;onlyTenders=false;topicListKey=callTopicSearchTableState</t>
   </si>
   <si>
     <t>Marie Sklodowska-Curie "Postdoctoral Fellowships"</t>
   </si>
   <si>
     <t>UNIVERSITA' DI PISA</t>
   </si>
   <si>
-    <t>01/10/2023</t>
+    <t>22/04/2024</t>
   </si>
   <si>
     <t>30/09/2026</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>€ 265.099,20</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Diagnostica e terapie innovative nella medicina di precisione (HEAL ITALY Health Extended ALliance for Innovative Therapies, Advanced Lab-research, and Integrated Approaches of Precision Medicine)</t>
   </si>
   <si>
     <t>Prof.ssa Maria Evelina Fantacci</t>
   </si>
   <si>
     <t>https://www.gea.mur.gov.it/Bandi/pe</t>
   </si>
   <si>
     <t>PNRR - Partenariati Estesi - PE6 SPOKE 2</t>
   </si>
   <si>
     <t>01/12/2022</t>
   </si>
   <si>
-    <t>101.652,84</t>
+    <t>30/04/2026</t>
+  </si>
+  <si>
+    <t>85.726,17</t>
   </si>
   <si>
     <t>https://pnrr.unipi.it/progetti-unipi/partenariati-estesi-pe/</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Diagnostica e terapie innovative nella medicina di precisione (HEAL ITALY &amp;#8211; Health Extended ALliance for Innovative Therapies, Advanced Lab-research, and Integrated Approaches of Precision Medicine)</t>
   </si>
   <si>
     <t>Prof.ssa Maria Giuseppina Bisogni</t>
   </si>
   <si>
     <t>PNRR - Partenariati Estesi – PE6 SPOKE 3</t>
   </si>
   <si>
-    <t xml:space="preserve"> 90.118,74 €</t>
+    <t>66.228,16 €</t>
   </si>
   <si>
     <t>Euro bio_Imaging per l&amp;#8217;implementazione ddel multi-Sited MMMI (NODOMMMI)</t>
   </si>
   <si>
     <t>MIUR-FOE 2012</t>
   </si>
   <si>
     <t>Università di Torino</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>31/12/2028</t>
   </si>
   <si>
     <t xml:space="preserve">515.607,08 € </t>
   </si>
   <si>
     <t>IRCCS SDN, CNR - Istituto di Biostruture e Bioimmagini , Ospedale San Raffaele  , CNR - Istituto di Bioimmagini e Fisiologia Molecolare , CNR - Istituto di Fisiologia Clinica , Università di Pisa, Fondazione Toscana Gabriele Monasterio</t>
   </si>
   <si>
     <t>https://www.eurobioimaging.eu/nodes/molecular-imaging-italian-node</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Infrastrutture di ricerca- Einstein Telescope (ETIC)</t>
   </si>
   <si>
     <t>https://www.gea.mur.gov.it/Bandi/IR</t>
   </si>
   <si>
     <t>PNRR - Infrastrutture di Ricerca IR</t>
   </si>
   <si>
-    <t>30/04/2026</t>
+    <t>01/11/2022</t>
   </si>
   <si>
     <t>9.246,93 €</t>
   </si>
   <si>
     <t>https://pnrr.unipi.it/progetti-unipi/infrastrutture-di-ricerca/</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; StrEngthEning the ItaLIan InFrastructure of Euro-bioimaging (SEE LIFE)</t>
   </si>
   <si>
     <t>PNRR - Infrastrutture di ricerca IR</t>
   </si>
   <si>
     <t>CNR Nazionale – IEOS-CNR, Napoli</t>
   </si>
   <si>
-    <t>01/11/2022</t>
-[...4 lines deleted...]
-  <si>
     <t>230.000 €</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Sviluppo di terapia genica e farmaci con tecnologia a RNA</t>
   </si>
   <si>
     <t xml:space="preserve">Prof.ssa Francesca Cella Zanacchi </t>
   </si>
   <si>
     <t>https://www.gea.mur.gov.it/Bandi/cn</t>
   </si>
   <si>
     <t>PNRR - Centri Nazionali CN3</t>
   </si>
   <si>
     <t>Università degli studi di Padova</t>
   </si>
   <si>
+    <t>31/03/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 47.780,16 €</t>
   </si>
   <si>
     <t>https://pnrr.unipi.it/progetti-unipi/centri-nazionali-2/</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Tecnologie dell’Agricoltura (Agritech)</t>
   </si>
   <si>
     <t xml:space="preserve">Prof.ssa Alessandra Toncelli </t>
   </si>
   <si>
     <t>PNRR - Centri Nazionali CN2</t>
   </si>
   <si>
     <t>Università di Napoli Federico II</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
-    <t>31/08/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>60.000 €</t>
   </si>
   <si>
     <t>PNRR - Partenariati Estesi HEAL ITALY – PE6 SPOKE 6</t>
   </si>
   <si>
     <t>421.771,13 €</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Intelligenza artificiale: aspetti fondazionali (FAIR)</t>
   </si>
   <si>
     <t>Prof. Andrea Rizzi</t>
   </si>
   <si>
     <t>PNRR - Partenariati Estesi PE1</t>
   </si>
   <si>
     <t>155.000 €</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; Tuscany Health Ecosystem (THE)</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dario Pisignano  </t>
   </si>
   <si>
     <t>https://www.gea.mur.gov.it/Bandi/Ecs</t>
   </si>
   <si>
     <t xml:space="preserve">PNRR - Ecosistemi dell'Innovazione ECS SPOKE 4 (Leader – UNIPI) Nanotechnologies for diagnosis and therapy </t>
   </si>
   <si>
-    <t>3.296.266,66 €</t>
+    <t>3.512.631,52 €</t>
   </si>
   <si>
     <t>https://pnrr.unipi.it/progetti-unipi/ecosistemi-innovazione/</t>
   </si>
   <si>
     <t>PNRR &amp;#8211; HPC, Big Data and Quantum Computing (Simulazioni, calcolo e analisi dei dati ad alte prestazioni)</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Massimo D'Elia  </t>
   </si>
   <si>
     <t>https://www.gea.mur.gov.it/Bandi/Cn</t>
   </si>
   <si>
     <t xml:space="preserve">PNRR - Centri Nazionali CN1 SPOKE 10 (POLIMI) Quantum Computing </t>
   </si>
   <si>
-    <t>260.375,79 €</t>
+    <t>750.000 €</t>
   </si>
   <si>
     <t>Visione Aumentata dal THz-VAT (VAT)</t>
   </si>
   <si>
     <t>Prof. Giorgio Carelli</t>
   </si>
   <si>
     <t>https://www.unipi.it/index.php/trasferimento/item/download/21725_15c97eabcc0de0b3dd691b0af7476e1f</t>
   </si>
   <si>
     <t>POC MISE ARNO 2020 – POCARNO</t>
   </si>
   <si>
     <t>23/02/2021</t>
   </si>
   <si>
     <t>22/08/2022</t>
   </si>
   <si>
     <t>€ 325.000,00</t>
   </si>
   <si>
     <t>€ 45.000,00</t>
   </si>
@@ -2154,53 +2202,50 @@
     <t>https://cordis.europa.eu/project/id/758903</t>
   </si>
   <si>
     <t>NEw WindowS on the universe and technological advancements from trilateral EU-US-Japan collaboration (NEWS)</t>
   </si>
   <si>
     <t>https://ec.europa.eu/info/funding-tenders/opportunities/portal/screen/opportunities/topic-details/msca-rise-2016</t>
   </si>
   <si>
     <t>01/07/2017</t>
   </si>
   <si>
     <t xml:space="preserve">1.566.000,00 € </t>
   </si>
   <si>
     <t xml:space="preserve">85.500,00 € </t>
   </si>
   <si>
     <t>HELMHOLTZ-ZENTRUM DRESDEN-ROSSENDORF EV   , Prisma Electronics ABEE     , POLITECNICO DI MILANO     , CLEVER OPERATION , UNIVERSITA DEGLI STUDI DI GENOVA    , UNIVERSITA DI PISA, STOCKHOLMS UNIVERSITET  , KUNGLIGA TEKNISKA HOEGSKOLAN, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS, UNIVERSITA DEGLI STUDI DI PERUGIA  , UNIVERSITA DEGLI STUDI DI ROMA LA SAPIENZA, IMPEX HIGHTECH GMBH , EUROPEAN GRAVITATIONAL OBSERVATORY    , UNIVERSITA DEGLI STUDI DI NAPOLI FEDERICO II  , HOGSKOLAN DALARNA    , UNIVERSITY COLLEGE LONDON   , THE UNIVERSITY OF MANCHESTER, INSTITUTO DE FISICA DE ALTAS ENERGIAS , ORGANISATION EUROPEENNE POUR LA RECHERCHE NUCLEAIRE, THE CHANCELLOR MASTERS AND SCHOLARS OF THE UNIVERSITY OF CAMBRIDGE , UNIVERSITE CATHOLIQUE DE LOUVAIN</t>
   </si>
   <si>
     <t>http://risenews.df.unipi.it/</t>
   </si>
   <si>
     <t>Probes of new physics and technological advancements from particle and gravitational wave physics experiments. A cooperative Europe &amp;#8211; United States &amp;#8211; Asia effort (PROBES)</t>
-  </si>
-[...1 lines deleted...]
-    <t>Prof.ssa Angela Papa</t>
   </si>
   <si>
     <t>https://marie-sklodowska-curie-actions.ec.europa.eu/funding/marie-sklodowska-curie-research-and-innovation-staff-exchange-2020</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>2.079.200,00 €</t>
   </si>
   <si>
     <t>115.000,00 €</t>
   </si>
   <si>
     <t>COSTRUZIONI APPARECCHIATURE ELETTRONICHE NUCLEARI CAEN SPA, ORGANISATION EUROPEENNE POUR LA RECHERCHE NUCLEAIRE, CLEVER OPERATION, UNIVERSITAET BERN, PAUL SCHERRER INSTITUT, IMPERIAL COLLEGE OF SCIENCE TECHNOLOGY AND MEDICINE, CENTRE NATIONAL DE LA RECHERCHE SCIENTIFIQUE CNRS, GEORGIAN TECHNICAL UNIVERSITY, TECHNISCHE UNIVERSITAET DRESDEN, UNIVERSITY OF GLASGOW, COMMISSARIAT A L ENERGIE ATOMIQUE ET AUX ENERGIES ALTERNATIVES, UNIVERSITA DI PISA, EUROPEAN GRAVITATIONAL OBSERVATORY , INSTITUTO DE FISICA DE ALTAS ENERGIAS, CENTRUM ASTRONOMICZNE IM. MIKOLAJAKOPERNIKA POLSKIEJ AKADEMII NAUK, STICHTING NEDERLANDSE WETENSCHAPPELIJK ONDERZOEK INSTITUTEN, KARLSRUHER INSTITUT FUER TECHNOLOGIE</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/id/101003460</t>
   </si>
   <si>
     <t>MSCA-RISE &amp;#8220;NEWS: NEw WindowS on the universe and technological advancements from trilateral EU-US-Japan collaboration&amp;#8221;</t>
   </si>
   <si>
     <t>https://cordis.europa.eu/project/rcn/210946_it.html</t>
   </si>
@@ -2546,51 +2591,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K108"/>
+  <dimension ref="A1:K110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="710.112" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="1062.883" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="246.511" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -2615,3126 +2660,3190 @@
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
+      <c r="E2" t="s">
+        <v>15</v>
+      </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H2" t="s">
-        <v>17</v>
+        <v>18</v>
+      </c>
+      <c r="I2" t="s">
+        <v>19</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>29</v>
+      </c>
+      <c r="J3" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>44</v>
+      </c>
+      <c r="H5" t="s">
+        <v>45</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
         <v>42</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
-        <v>48</v>
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
       </c>
       <c r="D7" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>57</v>
+      </c>
+      <c r="I7" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="I8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D9" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="F9" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G9" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>72</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="G10" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>80</v>
+      </c>
+      <c r="I10" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F11" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G11" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I11" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G12" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="K12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B13" t="s">
-        <v>99</v>
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>101</v>
       </c>
       <c r="D13" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F13" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G13" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H13" t="s">
-        <v>104</v>
+        <v>106</v>
+      </c>
+      <c r="I13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>100</v>
       </c>
       <c r="C14" t="s">
-        <v>106</v>
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
       </c>
       <c r="F14" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="G14" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="I14" t="s">
-        <v>110</v>
+        <v>114</v>
+      </c>
+      <c r="J14" t="s">
+        <v>115</v>
       </c>
       <c r="K14" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
-        <v>113</v>
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>120</v>
       </c>
       <c r="F15" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="G15" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="C16" t="s">
-        <v>118</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F16" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H16" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="I16" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>129</v>
+      </c>
+      <c r="K16" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B17" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F17" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G17" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>134</v>
+      </c>
+      <c r="I17" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="E18" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F18" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="G18" t="s">
-        <v>68</v>
+        <v>141</v>
       </c>
       <c r="H18" t="s">
-        <v>135</v>
+        <v>142</v>
+      </c>
+      <c r="I18" t="s">
+        <v>143</v>
+      </c>
+      <c r="J18" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="B19" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="C19" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="D19" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="E19" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="F19" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="G19" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="H19" t="s">
-        <v>138</v>
+        <v>152</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="B20" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
-        <v>140</v>
+        <v>154</v>
       </c>
       <c r="F20" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="G20" t="s">
-        <v>76</v>
+        <v>151</v>
       </c>
       <c r="H20" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>155</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="C21" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F21" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="G21" t="s">
-        <v>147</v>
+        <v>88</v>
       </c>
       <c r="H21" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>150</v>
+        <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="C22" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E22" t="s">
-        <v>134</v>
+        <v>160</v>
       </c>
       <c r="F22" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G22" t="s">
-        <v>147</v>
+        <v>96</v>
       </c>
       <c r="H22" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="I22" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="B23" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="C23" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D23" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E23" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="F23" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G23" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H23" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="I23" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="B24" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="C24" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D24" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E24" t="s">
+        <v>154</v>
+      </c>
+      <c r="F24" t="s">
         <v>161</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H24" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="I24" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D25" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E25" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
       <c r="F25" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G25" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H25" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="I25" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="B26" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="C26" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D26" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E26" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="F26" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G26" t="s">
-        <v>147</v>
+        <v>151</v>
+      </c>
+      <c r="H26" t="s">
+        <v>181</v>
       </c>
       <c r="I26" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D27" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E27" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="F27" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G27" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H27" t="s">
-        <v>174</v>
+        <v>185</v>
+      </c>
+      <c r="I27" t="s">
+        <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="B28" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="C28" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D28" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
+        <v>189</v>
       </c>
       <c r="F28" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G28" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="I28" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="C29" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D29" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E29" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="F29" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G29" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H29" t="s">
-        <v>148</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="B30" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D30" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E30" t="s">
-        <v>185</v>
+        <v>42</v>
       </c>
       <c r="F30" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G30" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H30" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="I30" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="B31" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="C31" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D31" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E31" t="s">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="F31" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G31" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H31" t="s">
-        <v>191</v>
+        <v>167</v>
       </c>
       <c r="I31" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="B32" t="s">
-        <v>194</v>
+        <v>203</v>
       </c>
       <c r="C32" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D32" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E32" t="s">
-        <v>181</v>
+        <v>204</v>
       </c>
       <c r="F32" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G32" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H32" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="I32" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="B33" t="s">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="C33" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D33" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E33" t="s">
-        <v>134</v>
+        <v>209</v>
       </c>
       <c r="F33" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G33" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H33" t="s">
-        <v>199</v>
+        <v>210</v>
+      </c>
+      <c r="I33" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>56</v>
+      </c>
+      <c r="D34" t="s">
+        <v>41</v>
+      </c>
+      <c r="E34" t="s">
         <v>200</v>
       </c>
-      <c r="B34" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G34" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="I34" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D35" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E35" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="F35" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G35" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H35" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>218</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="B36" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="C36" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D36" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E36" t="s">
-        <v>130</v>
+        <v>221</v>
       </c>
       <c r="F36" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G36" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H36" t="s">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="I36" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B37" t="s">
-        <v>214</v>
+        <v>225</v>
       </c>
       <c r="C37" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D37" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E37" t="s">
-        <v>181</v>
+        <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G37" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H37" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="I37" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="B38" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="C38" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="D38" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E38" t="s">
-        <v>219</v>
+        <v>149</v>
       </c>
       <c r="F38" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="G38" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>230</v>
+      </c>
+      <c r="I38" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="B39" t="s">
-        <v>201</v>
+        <v>233</v>
+      </c>
+      <c r="C39" t="s">
+        <v>56</v>
       </c>
       <c r="D39" t="s">
-        <v>221</v>
+        <v>41</v>
       </c>
       <c r="E39" t="s">
-        <v>222</v>
+        <v>200</v>
       </c>
       <c r="F39" t="s">
-        <v>223</v>
+        <v>161</v>
       </c>
       <c r="G39" t="s">
-        <v>224</v>
+        <v>151</v>
+      </c>
+      <c r="H39" t="s">
+        <v>234</v>
       </c>
       <c r="I39" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>227</v>
+        <v>235</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="B40" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C40" t="s">
-        <v>118</v>
+        <v>56</v>
       </c>
       <c r="D40" t="s">
-        <v>119</v>
+        <v>41</v>
       </c>
       <c r="E40" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F40" t="s">
-        <v>231</v>
+        <v>161</v>
       </c>
       <c r="G40" t="s">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="H40" t="s">
-        <v>232</v>
-[...5 lines deleted...]
-        <v>234</v>
+        <v>218</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B41" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="D41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E41" t="s">
-        <v>239</v>
+        <v>15</v>
       </c>
       <c r="F41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G41" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="H41" t="s">
+        <v>36</v>
+      </c>
+      <c r="I41" t="s">
         <v>242</v>
       </c>
-      <c r="I41" t="s">
+      <c r="J41" t="s">
         <v>243</v>
+      </c>
+      <c r="K41" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C42" t="s">
-        <v>246</v>
+        <v>137</v>
       </c>
       <c r="D42" t="s">
+        <v>138</v>
+      </c>
+      <c r="E42" t="s">
         <v>247</v>
       </c>
       <c r="F42" t="s">
         <v>248</v>
       </c>
       <c r="G42" t="s">
-        <v>68</v>
+        <v>127</v>
+      </c>
+      <c r="H42" t="s">
+        <v>249</v>
       </c>
       <c r="I42" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="K42" t="s">
         <v>250</v>
+      </c>
+      <c r="J42" t="s">
+        <v>251</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C43" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="D43" t="s">
-        <v>253</v>
+        <v>255</v>
+      </c>
+      <c r="E43" t="s">
+        <v>256</v>
       </c>
       <c r="F43" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="G43" t="s">
-        <v>68</v>
+        <v>258</v>
+      </c>
+      <c r="H43" t="s">
+        <v>259</v>
       </c>
       <c r="I43" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="B44" t="s">
-        <v>137</v>
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>263</v>
       </c>
       <c r="D44" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="F44" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="G44" t="s">
-        <v>259</v>
-[...5 lines deleted...]
-        <v>261</v>
+        <v>266</v>
+      </c>
+      <c r="I44" t="s">
+        <v>267</v>
       </c>
       <c r="K44" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
+        <v>269</v>
+      </c>
+      <c r="B45" t="s">
+        <v>270</v>
+      </c>
+      <c r="C45" t="s">
         <v>263</v>
       </c>
-      <c r="B45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D45" t="s">
+        <v>271</v>
+      </c>
+      <c r="F45" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="G45" t="s">
         <v>266</v>
       </c>
       <c r="I45" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="K45" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="B46" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>157</v>
       </c>
       <c r="D46" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E46" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F46" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="G46" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="H46" t="s">
-        <v>274</v>
+        <v>278</v>
+      </c>
+      <c r="J46" t="s">
+        <v>279</v>
       </c>
       <c r="K46" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="B47" t="s">
-        <v>276</v>
+        <v>60</v>
       </c>
       <c r="C47" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D47" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="F47" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="G47" t="s">
-        <v>76</v>
+        <v>266</v>
       </c>
       <c r="I47" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="K47" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
+        <v>287</v>
+      </c>
+      <c r="B48" t="s">
+        <v>157</v>
+      </c>
+      <c r="C48" t="s">
         <v>282</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E48" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="F48" t="s">
+        <v>126</v>
+      </c>
+      <c r="G48" t="s">
+        <v>266</v>
+      </c>
+      <c r="H48" t="s">
+        <v>290</v>
+      </c>
+      <c r="K48" t="s">
         <v>286</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>244</v>
+        <v>291</v>
       </c>
       <c r="B49" t="s">
-        <v>137</v>
+        <v>292</v>
       </c>
       <c r="C49" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="D49" t="s">
-        <v>289</v>
+        <v>294</v>
+      </c>
+      <c r="E49" t="s">
+        <v>295</v>
       </c>
       <c r="F49" t="s">
-        <v>248</v>
+        <v>284</v>
       </c>
       <c r="G49" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>296</v>
+      </c>
+      <c r="I49" t="s">
+        <v>297</v>
       </c>
       <c r="K49" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="B50" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="C50" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="D50" t="s">
-        <v>293</v>
+        <v>301</v>
+      </c>
+      <c r="E50" t="s">
+        <v>302</v>
       </c>
       <c r="F50" t="s">
-        <v>107</v>
+        <v>303</v>
       </c>
       <c r="G50" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>294</v>
+        <v>266</v>
+      </c>
+      <c r="I50" t="s">
+        <v>304</v>
       </c>
       <c r="K50" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>295</v>
+        <v>261</v>
       </c>
       <c r="B51" t="s">
-        <v>296</v>
+        <v>157</v>
       </c>
       <c r="C51" t="s">
-        <v>297</v>
+        <v>263</v>
       </c>
       <c r="D51" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="F51" t="s">
-        <v>248</v>
+        <v>265</v>
       </c>
       <c r="G51" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>266</v>
+      </c>
+      <c r="H51" t="s">
+        <v>306</v>
       </c>
       <c r="K51" t="s">
-        <v>300</v>
+        <v>268</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="B52" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="C52" t="s">
-        <v>303</v>
+        <v>263</v>
       </c>
       <c r="D52" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="F52" t="s">
-        <v>286</v>
+        <v>126</v>
       </c>
       <c r="G52" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>296</v>
+      </c>
+      <c r="H52" t="s">
+        <v>310</v>
       </c>
       <c r="K52" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="B53" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C53" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D53" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>314</v>
       </c>
       <c r="F53" t="s">
-        <v>310</v>
+        <v>265</v>
       </c>
       <c r="G53" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="I53" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>315</v>
+      </c>
+      <c r="K53" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B54" t="s">
-        <v>245</v>
+        <v>318</v>
       </c>
       <c r="C54" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="D54" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F54" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
       <c r="G54" t="s">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>320</v>
+        <v>266</v>
+      </c>
+      <c r="I54" t="s">
+        <v>321</v>
       </c>
       <c r="K54" t="s">
-        <v>321</v>
+        <v>298</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>322</v>
       </c>
       <c r="B55" t="s">
         <v>323</v>
       </c>
+      <c r="C55" t="s">
+        <v>324</v>
+      </c>
       <c r="D55" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E55" t="s">
-        <v>325</v>
+        <v>154</v>
       </c>
       <c r="F55" t="s">
         <v>326</v>
       </c>
       <c r="G55" t="s">
         <v>327</v>
       </c>
+      <c r="H55" t="s">
+        <v>328</v>
+      </c>
+      <c r="I55" t="s">
+        <v>329</v>
+      </c>
+      <c r="J55" t="s">
+        <v>330</v>
+      </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="B56" t="s">
-        <v>329</v>
+        <v>262</v>
       </c>
       <c r="C56" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D56" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="F56" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="G56" t="s">
-        <v>333</v>
+        <v>335</v>
+      </c>
+      <c r="H56" t="s">
+        <v>336</v>
+      </c>
+      <c r="K56" t="s">
+        <v>337</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="B57" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D57" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="E57" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="F57" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="G57" t="s">
-        <v>340</v>
-[...7 lines deleted...]
-      <c r="K57" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>344</v>
       </c>
       <c r="B58" t="s">
         <v>345</v>
       </c>
       <c r="C58" t="s">
         <v>346</v>
       </c>
       <c r="D58" t="s">
         <v>347</v>
       </c>
       <c r="E58" t="s">
+        <v>341</v>
+      </c>
+      <c r="F58" t="s">
         <v>348</v>
       </c>
-      <c r="F58" t="s">
+      <c r="G58" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
+        <v>350</v>
+      </c>
+      <c r="B59" t="s">
+        <v>351</v>
+      </c>
+      <c r="C59" t="s">
+        <v>352</v>
+      </c>
+      <c r="D59" t="s">
+        <v>353</v>
+      </c>
+      <c r="E59" t="s">
         <v>354</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="F59" t="s">
         <v>355</v>
       </c>
-      <c r="D59" t="s">
-[...2 lines deleted...]
-      <c r="E59" t="s">
+      <c r="G59" t="s">
         <v>356</v>
       </c>
-      <c r="F59" t="s">
+      <c r="I59" t="s">
         <v>357</v>
       </c>
-      <c r="G59" t="s">
+      <c r="J59" t="s">
         <v>358</v>
       </c>
-      <c r="I59" t="s">
+      <c r="K59" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
+        <v>360</v>
+      </c>
+      <c r="B60" t="s">
+        <v>361</v>
+      </c>
+      <c r="C60" t="s">
         <v>362</v>
       </c>
-      <c r="B60" t="s">
-[...2 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>363</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F60" t="s">
         <v>365</v>
       </c>
       <c r="G60" t="s">
         <v>366</v>
       </c>
       <c r="I60" t="s">
         <v>367</v>
       </c>
       <c r="J60" t="s">
         <v>368</v>
       </c>
       <c r="K60" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>370</v>
       </c>
       <c r="B61" t="s">
+        <v>351</v>
+      </c>
+      <c r="C61" t="s">
         <v>371</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>353</v>
+      </c>
+      <c r="E61" t="s">
         <v>372</v>
       </c>
-      <c r="D61" t="s">
+      <c r="F61" t="s">
         <v>373</v>
       </c>
-      <c r="E61" t="s">
+      <c r="G61" t="s">
         <v>374</v>
       </c>
-      <c r="F61" t="s">
+      <c r="I61" t="s">
         <v>375</v>
       </c>
-      <c r="G61" t="s">
+      <c r="J61" t="s">
         <v>376</v>
       </c>
-      <c r="I61" t="s">
+      <c r="K61" t="s">
         <v>377</v>
-      </c>
-[...4 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
+        <v>378</v>
+      </c>
+      <c r="B62" t="s">
+        <v>157</v>
+      </c>
+      <c r="C62" t="s">
+        <v>379</v>
+      </c>
+      <c r="D62" t="s">
         <v>380</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="E62" t="s">
+        <v>256</v>
+      </c>
+      <c r="F62" t="s">
         <v>381</v>
       </c>
-      <c r="D62" t="s">
-[...2 lines deleted...]
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>382</v>
       </c>
-      <c r="F62" t="s">
+      <c r="I62" t="s">
         <v>383</v>
       </c>
-      <c r="G62" t="s">
+      <c r="J62" t="s">
         <v>384</v>
       </c>
-      <c r="I62" t="s">
+      <c r="K62" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
+        <v>386</v>
+      </c>
+      <c r="B63" t="s">
+        <v>387</v>
+      </c>
+      <c r="C63" t="s">
         <v>388</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>389</v>
       </c>
-      <c r="D63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" t="s">
-        <v>356</v>
+        <v>390</v>
       </c>
       <c r="F63" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="G63" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="I63" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J63" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="K63" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B64" t="s">
-        <v>395</v>
+        <v>118</v>
       </c>
       <c r="C64" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D64" t="s">
-        <v>397</v>
+        <v>353</v>
       </c>
       <c r="E64" t="s">
         <v>398</v>
       </c>
       <c r="F64" t="s">
         <v>399</v>
       </c>
       <c r="G64" t="s">
         <v>400</v>
       </c>
-      <c r="H64" t="s">
+      <c r="I64" t="s">
         <v>401</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
         <v>402</v>
       </c>
-      <c r="J64" t="s">
+      <c r="K64" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
+        <v>404</v>
+      </c>
+      <c r="B65" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" t="s">
         <v>405</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>353</v>
+      </c>
+      <c r="E65" t="s">
+        <v>372</v>
+      </c>
+      <c r="F65" t="s">
+        <v>399</v>
+      </c>
+      <c r="G65" t="s">
         <v>406</v>
       </c>
-      <c r="D65" t="s">
+      <c r="I65" t="s">
         <v>407</v>
       </c>
-      <c r="E65" t="s">
+      <c r="J65" t="s">
         <v>408</v>
       </c>
-      <c r="F65" t="s">
+      <c r="K65" t="s">
         <v>409</v>
-      </c>
-[...7 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
+        <v>410</v>
+      </c>
+      <c r="B66" t="s">
+        <v>411</v>
+      </c>
+      <c r="C66" t="s">
+        <v>412</v>
+      </c>
+      <c r="D66" t="s">
         <v>413</v>
       </c>
-      <c r="B66" t="s">
+      <c r="E66" t="s">
         <v>414</v>
       </c>
-      <c r="C66" t="s">
+      <c r="F66" t="s">
         <v>415</v>
       </c>
-      <c r="D66" t="s">
+      <c r="G66" t="s">
         <v>416</v>
       </c>
-      <c r="E66" t="s">
+      <c r="H66" t="s">
         <v>417</v>
       </c>
-      <c r="F66" t="s">
+      <c r="I66" t="s">
         <v>418</v>
       </c>
-      <c r="G66" t="s">
+      <c r="J66" t="s">
         <v>419</v>
       </c>
-      <c r="H66" t="s">
+      <c r="K66" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
+        <v>421</v>
+      </c>
+      <c r="B67" t="s">
+        <v>203</v>
+      </c>
+      <c r="C67" t="s">
+        <v>422</v>
+      </c>
+      <c r="D67" t="s">
+        <v>423</v>
+      </c>
+      <c r="E67" t="s">
         <v>424</v>
       </c>
-      <c r="B67" t="s">
+      <c r="F67" t="s">
         <v>425</v>
       </c>
-      <c r="C67" t="s">
+      <c r="G67" t="s">
         <v>426</v>
       </c>
-      <c r="D67" t="s">
+      <c r="H67" t="s">
         <v>427</v>
       </c>
-      <c r="E67" t="s">
+      <c r="K67" t="s">
         <v>428</v>
-      </c>
-[...16 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
+        <v>429</v>
+      </c>
+      <c r="B68" t="s">
+        <v>430</v>
+      </c>
+      <c r="C68" t="s">
+        <v>431</v>
+      </c>
+      <c r="D68" t="s">
+        <v>432</v>
+      </c>
+      <c r="E68" t="s">
+        <v>433</v>
+      </c>
+      <c r="F68" t="s">
+        <v>434</v>
+      </c>
+      <c r="G68" t="s">
         <v>435</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="H68" t="s">
         <v>436</v>
       </c>
-      <c r="E68" t="s">
+      <c r="I68" t="s">
         <v>437</v>
       </c>
-      <c r="F68" t="s">
+      <c r="J68" t="s">
         <v>438</v>
       </c>
-      <c r="G68" t="s">
-[...2 lines deleted...]
-      <c r="H68" t="s">
+      <c r="K68" t="s">
         <v>439</v>
-      </c>
-[...7 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
+        <v>440</v>
+      </c>
+      <c r="B69" t="s">
+        <v>441</v>
+      </c>
+      <c r="C69" t="s">
+        <v>442</v>
+      </c>
+      <c r="D69" t="s">
         <v>443</v>
       </c>
-      <c r="B69" t="s">
+      <c r="E69" t="s">
         <v>444</v>
       </c>
-      <c r="D69" t="s">
+      <c r="F69" t="s">
         <v>445</v>
       </c>
-      <c r="E69" t="s">
+      <c r="G69" t="s">
         <v>446</v>
       </c>
-      <c r="F69" t="s">
+      <c r="H69" t="s">
         <v>447</v>
       </c>
-      <c r="G69" t="s">
+      <c r="I69" t="s">
         <v>448</v>
       </c>
-      <c r="H69" t="s">
+      <c r="J69" t="s">
         <v>449</v>
       </c>
-      <c r="I69" t="s">
+      <c r="K69" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
+        <v>451</v>
+      </c>
+      <c r="B70" t="s">
+        <v>60</v>
+      </c>
+      <c r="D70" t="s">
+        <v>452</v>
+      </c>
+      <c r="E70" t="s">
         <v>453</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="D70" t="s">
+      <c r="F70" t="s">
         <v>454</v>
       </c>
-      <c r="E70" t="s">
+      <c r="G70" t="s">
+        <v>406</v>
+      </c>
+      <c r="H70" t="s">
         <v>455</v>
       </c>
-      <c r="F70" t="s">
+      <c r="I70" t="s">
         <v>456</v>
       </c>
-      <c r="G70" t="s">
+      <c r="J70" t="s">
         <v>457</v>
       </c>
-      <c r="H70" t="s">
+      <c r="K70" t="s">
         <v>458</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
+        <v>459</v>
+      </c>
+      <c r="B71" t="s">
+        <v>460</v>
+      </c>
+      <c r="D71" t="s">
+        <v>461</v>
+      </c>
+      <c r="E71" t="s">
         <v>462</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="D71" t="s">
+      <c r="F71" t="s">
         <v>463</v>
       </c>
-      <c r="E71" t="s">
+      <c r="G71" t="s">
         <v>464</v>
       </c>
-      <c r="F71" t="s">
+      <c r="H71" t="s">
         <v>465</v>
       </c>
-      <c r="G71" t="s">
-[...2 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>466</v>
       </c>
       <c r="J71" t="s">
         <v>467</v>
       </c>
       <c r="K71" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>469</v>
       </c>
       <c r="B72" t="s">
+        <v>118</v>
+      </c>
+      <c r="D72" t="s">
         <v>470</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="F72" t="s">
         <v>472</v>
       </c>
       <c r="G72" t="s">
         <v>473</v>
       </c>
       <c r="H72" t="s">
         <v>474</v>
       </c>
       <c r="I72" t="s">
         <v>475</v>
       </c>
       <c r="J72" t="s">
         <v>476</v>
       </c>
       <c r="K72" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>478</v>
       </c>
       <c r="B73" t="s">
-        <v>444</v>
+        <v>75</v>
       </c>
       <c r="D73" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="E73" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F73" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="G73" t="s">
-        <v>481</v>
+        <v>334</v>
       </c>
       <c r="H73" t="s">
         <v>482</v>
       </c>
-      <c r="I73" t="s">
+      <c r="J73" t="s">
         <v>483</v>
       </c>
-      <c r="J73" t="s">
+      <c r="K73" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
+        <v>485</v>
+      </c>
+      <c r="B74" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="D74" t="s">
         <v>487</v>
       </c>
       <c r="E74" t="s">
-        <v>428</v>
+        <v>471</v>
       </c>
       <c r="F74" t="s">
         <v>488</v>
       </c>
       <c r="G74" t="s">
         <v>489</v>
       </c>
       <c r="H74" t="s">
         <v>490</v>
       </c>
+      <c r="I74" t="s">
+        <v>491</v>
+      </c>
+      <c r="J74" t="s">
+        <v>492</v>
+      </c>
       <c r="K74" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B75" t="s">
-        <v>329</v>
+        <v>460</v>
       </c>
       <c r="D75" t="s">
-        <v>436</v>
+        <v>452</v>
       </c>
       <c r="E75" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="F75" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="G75" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H75" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="I75" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J75" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="K75" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="B76" t="s">
-        <v>501</v>
+        <v>460</v>
       </c>
       <c r="D76" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E76" t="s">
-        <v>503</v>
+        <v>444</v>
       </c>
       <c r="F76" t="s">
         <v>504</v>
       </c>
       <c r="G76" t="s">
         <v>505</v>
       </c>
       <c r="H76" t="s">
         <v>506</v>
       </c>
-      <c r="I76" t="s">
+      <c r="K76" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
+        <v>508</v>
+      </c>
+      <c r="B77" t="s">
+        <v>345</v>
+      </c>
+      <c r="D77" t="s">
+        <v>452</v>
+      </c>
+      <c r="E77" t="s">
         <v>509</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="D77" t="s">
+      <c r="F77" t="s">
         <v>510</v>
       </c>
-      <c r="E77" t="s">
+      <c r="G77" t="s">
         <v>511</v>
       </c>
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>512</v>
       </c>
-      <c r="G77" t="s">
+      <c r="I77" t="s">
         <v>513</v>
       </c>
-      <c r="H77" t="s">
+      <c r="J77" t="s">
         <v>514</v>
       </c>
-      <c r="I77" t="s">
+      <c r="K77" t="s">
         <v>515</v>
-      </c>
-[...4 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
+        <v>516</v>
+      </c>
+      <c r="B78" t="s">
+        <v>517</v>
+      </c>
+      <c r="D78" t="s">
         <v>518</v>
       </c>
-      <c r="B78" t="s">
+      <c r="E78" t="s">
         <v>519</v>
       </c>
-      <c r="D78" t="s">
-[...2 lines deleted...]
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>520</v>
       </c>
-      <c r="F78" t="s">
+      <c r="G78" t="s">
         <v>521</v>
       </c>
-      <c r="G78" t="s">
+      <c r="H78" t="s">
         <v>522</v>
       </c>
-      <c r="H78" t="s">
+      <c r="I78" t="s">
         <v>523</v>
       </c>
-      <c r="I78" t="s">
+      <c r="J78" t="s">
+        <v>444</v>
+      </c>
+      <c r="K78" t="s">
         <v>524</v>
-      </c>
-[...4 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>525</v>
+      </c>
+      <c r="B79" t="s">
+        <v>430</v>
+      </c>
+      <c r="D79" t="s">
+        <v>526</v>
+      </c>
+      <c r="E79" t="s">
         <v>527</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="F79" t="s">
         <v>528</v>
       </c>
-      <c r="D79" t="s">
+      <c r="G79" t="s">
         <v>529</v>
       </c>
-      <c r="E79" t="s">
+      <c r="H79" t="s">
         <v>530</v>
       </c>
-      <c r="F79" t="s">
+      <c r="I79" t="s">
         <v>531</v>
       </c>
-      <c r="G79" t="s">
+      <c r="J79" t="s">
         <v>532</v>
       </c>
-      <c r="H79" t="s">
+      <c r="K79" t="s">
         <v>533</v>
-      </c>
-[...7 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
+        <v>534</v>
+      </c>
+      <c r="B80" t="s">
+        <v>535</v>
+      </c>
+      <c r="D80" t="s">
+        <v>487</v>
+      </c>
+      <c r="E80" t="s">
+        <v>536</v>
+      </c>
+      <c r="F80" t="s">
         <v>537</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="D80" t="s">
+      <c r="G80" t="s">
         <v>538</v>
       </c>
-      <c r="E80" t="s">
-[...2 lines deleted...]
-      <c r="F80" t="s">
+      <c r="H80" t="s">
         <v>539</v>
       </c>
-      <c r="G80" t="s">
+      <c r="I80" t="s">
         <v>540</v>
       </c>
-      <c r="H80" t="s">
+      <c r="J80" t="s">
         <v>541</v>
       </c>
-      <c r="J80" t="s">
+      <c r="K80" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>543</v>
+      </c>
+      <c r="B81" t="s">
+        <v>118</v>
+      </c>
+      <c r="C81" t="s">
         <v>544</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>545</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>546</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>547</v>
       </c>
-      <c r="F81" t="s">
+      <c r="G81" t="s">
         <v>548</v>
       </c>
-      <c r="G81" t="s">
+      <c r="H81" t="s">
         <v>549</v>
       </c>
-      <c r="H81" t="s">
+      <c r="I81" t="s">
         <v>550</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
         <v>551</v>
       </c>
-      <c r="J81" t="s">
+      <c r="K81" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
         <v>553</v>
       </c>
       <c r="B82" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="C82" t="s">
+        <v>118</v>
+      </c>
+      <c r="D82" t="s">
         <v>554</v>
       </c>
-      <c r="D82" t="s">
+      <c r="E82" t="s">
+        <v>180</v>
+      </c>
+      <c r="F82" t="s">
         <v>555</v>
       </c>
-      <c r="E82" t="s">
+      <c r="G82" t="s">
         <v>556</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>557</v>
       </c>
-      <c r="H82" t="s">
+      <c r="J82" t="s">
         <v>558</v>
       </c>
-      <c r="I82" t="s">
+      <c r="K82" t="s">
         <v>559</v>
-      </c>
-[...4 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
+        <v>560</v>
+      </c>
+      <c r="B83" t="s">
+        <v>170</v>
+      </c>
+      <c r="C83" t="s">
+        <v>561</v>
+      </c>
+      <c r="D83" t="s">
         <v>562</v>
       </c>
-      <c r="B83" t="s">
+      <c r="E83" t="s">
         <v>563</v>
       </c>
-      <c r="D83" t="s">
-[...2 lines deleted...]
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>564</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s">
         <v>565</v>
       </c>
-      <c r="G83" t="s">
+      <c r="H83" t="s">
         <v>566</v>
       </c>
-      <c r="H83" t="s">
+      <c r="I83" t="s">
         <v>567</v>
       </c>
-      <c r="I83" t="s">
+      <c r="J83" t="s">
         <v>568</v>
-      </c>
-[...4 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
+        <v>569</v>
+      </c>
+      <c r="B84" t="s">
+        <v>83</v>
+      </c>
+      <c r="C84" t="s">
+        <v>570</v>
+      </c>
+      <c r="D84" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E84" t="s">
         <v>572</v>
       </c>
       <c r="F84" t="s">
+        <v>415</v>
+      </c>
+      <c r="G84" t="s">
         <v>573</v>
       </c>
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>574</v>
       </c>
-      <c r="H84" t="s">
+      <c r="I84" t="s">
         <v>575</v>
       </c>
-      <c r="I84" t="s">
+      <c r="J84" t="s">
         <v>576</v>
       </c>
-      <c r="J84" t="s">
+      <c r="K84" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
+        <v>578</v>
+      </c>
+      <c r="B85" t="s">
         <v>579</v>
       </c>
-      <c r="B85" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
+        <v>119</v>
+      </c>
+      <c r="E85" t="s">
         <v>580</v>
       </c>
-      <c r="D85" t="s">
+      <c r="F85" t="s">
         <v>581</v>
       </c>
-      <c r="E85" t="s">
-[...2 lines deleted...]
-      <c r="F85" t="s">
+      <c r="G85" t="s">
         <v>582</v>
       </c>
-      <c r="G85" t="s">
+      <c r="H85" t="s">
         <v>583</v>
       </c>
-      <c r="H85" t="s">
+      <c r="I85" t="s">
         <v>584</v>
       </c>
-      <c r="I85" t="s">
+      <c r="J85" t="s">
         <v>585</v>
       </c>
-      <c r="J85" t="s">
+      <c r="K85" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>587</v>
       </c>
       <c r="B86" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="D86" t="s">
-        <v>581</v>
+        <v>119</v>
       </c>
       <c r="E86" t="s">
-        <v>22</v>
+        <v>588</v>
       </c>
       <c r="F86" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="G86" t="s">
-        <v>31</v>
+        <v>590</v>
       </c>
       <c r="H86" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I86" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="J86" t="s">
-        <v>591</v>
+        <v>593</v>
+      </c>
+      <c r="K86" t="s">
+        <v>594</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B87" t="s">
-        <v>425</v>
+        <v>83</v>
       </c>
       <c r="C87" t="s">
-        <v>545</v>
+        <v>596</v>
       </c>
       <c r="D87" t="s">
-        <v>546</v>
+        <v>597</v>
       </c>
       <c r="E87" t="s">
-        <v>593</v>
+        <v>149</v>
       </c>
       <c r="F87" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="G87" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="H87" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="I87" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="J87" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="B88" t="s">
-        <v>600</v>
+        <v>60</v>
       </c>
       <c r="C88" t="s">
-        <v>545</v>
+        <v>596</v>
       </c>
       <c r="D88" t="s">
-        <v>546</v>
+        <v>597</v>
       </c>
       <c r="E88" t="s">
-        <v>219</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="G88" t="s">
-        <v>595</v>
+        <v>51</v>
       </c>
       <c r="H88" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="I88" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="J88" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="B89" t="s">
-        <v>99</v>
+        <v>441</v>
       </c>
       <c r="C89" t="s">
-        <v>545</v>
+        <v>561</v>
       </c>
       <c r="D89" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
       <c r="E89" t="s">
-        <v>161</v>
+        <v>609</v>
       </c>
       <c r="F89" t="s">
-        <v>548</v>
+        <v>610</v>
       </c>
       <c r="G89" t="s">
-        <v>549</v>
+        <v>611</v>
       </c>
       <c r="H89" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="I89" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="J89" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="B90" t="s">
-        <v>55</v>
+        <v>616</v>
       </c>
       <c r="C90" t="s">
-        <v>545</v>
+        <v>561</v>
       </c>
       <c r="D90" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
       <c r="E90" t="s">
-        <v>22</v>
+        <v>238</v>
       </c>
       <c r="F90" t="s">
-        <v>548</v>
+        <v>610</v>
       </c>
       <c r="G90" t="s">
-        <v>549</v>
+        <v>611</v>
       </c>
       <c r="H90" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="I90" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="J90" t="s">
-        <v>146</v>
+        <v>619</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>611</v>
+        <v>620</v>
       </c>
       <c r="B91" t="s">
-        <v>612</v>
+        <v>118</v>
       </c>
       <c r="C91" t="s">
-        <v>613</v>
+        <v>561</v>
       </c>
       <c r="D91" t="s">
-        <v>238</v>
+        <v>562</v>
       </c>
       <c r="E91" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="F91" t="s">
-        <v>614</v>
+        <v>564</v>
       </c>
       <c r="G91" t="s">
-        <v>615</v>
+        <v>565</v>
+      </c>
+      <c r="H91" t="s">
+        <v>621</v>
       </c>
       <c r="I91" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>622</v>
+      </c>
+      <c r="J91" t="s">
+        <v>623</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="B92" t="s">
-        <v>619</v>
+        <v>75</v>
       </c>
       <c r="C92" t="s">
-        <v>620</v>
+        <v>561</v>
       </c>
       <c r="D92" t="s">
-        <v>621</v>
+        <v>562</v>
       </c>
       <c r="E92" t="s">
-        <v>622</v>
+        <v>42</v>
       </c>
       <c r="F92" t="s">
-        <v>623</v>
+        <v>564</v>
       </c>
       <c r="G92" t="s">
-        <v>241</v>
+        <v>565</v>
       </c>
       <c r="H92" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I92" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J92" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>166</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
+        <v>627</v>
+      </c>
+      <c r="B93" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="C93" t="s">
         <v>629</v>
       </c>
       <c r="D93" t="s">
-        <v>119</v>
+        <v>255</v>
       </c>
       <c r="E93" t="s">
-        <v>428</v>
+        <v>42</v>
       </c>
       <c r="F93" t="s">
-        <v>107</v>
+        <v>630</v>
       </c>
       <c r="G93" t="s">
-        <v>630</v>
-[...1 lines deleted...]
-      <c r="H93" t="s">
         <v>631</v>
       </c>
       <c r="I93" t="s">
         <v>632</v>
       </c>
-      <c r="J93" t="s">
+      <c r="K93" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
+        <v>634</v>
+      </c>
+      <c r="B94" t="s">
         <v>635</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>636</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>637</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F94" t="s">
         <v>639</v>
       </c>
       <c r="G94" t="s">
+        <v>258</v>
+      </c>
+      <c r="H94" t="s">
         <v>640</v>
       </c>
-      <c r="H94" t="s">
+      <c r="I94" t="s">
         <v>641</v>
       </c>
-      <c r="I94" t="s">
+      <c r="J94" t="s">
         <v>642</v>
       </c>
-      <c r="J94" t="s">
+      <c r="K94" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>644</v>
+      </c>
+      <c r="B95" t="s">
+        <v>351</v>
+      </c>
+      <c r="C95" t="s">
         <v>645</v>
       </c>
-      <c r="B95" t="s">
+      <c r="D95" t="s">
+        <v>138</v>
+      </c>
+      <c r="E95" t="s">
+        <v>444</v>
+      </c>
+      <c r="F95" t="s">
+        <v>126</v>
+      </c>
+      <c r="G95" t="s">
         <v>646</v>
       </c>
-      <c r="C95" t="s">
+      <c r="H95" t="s">
         <v>647</v>
       </c>
-      <c r="D95" t="s">
+      <c r="I95" t="s">
         <v>648</v>
       </c>
-      <c r="E95" t="s">
+      <c r="J95" t="s">
         <v>649</v>
       </c>
-      <c r="F95" t="s">
+      <c r="K95" t="s">
         <v>650</v>
-      </c>
-[...13 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
+        <v>651</v>
+      </c>
+      <c r="B96" t="s">
+        <v>652</v>
+      </c>
+      <c r="C96" t="s">
+        <v>653</v>
+      </c>
+      <c r="D96" t="s">
+        <v>654</v>
+      </c>
+      <c r="E96" t="s">
+        <v>444</v>
+      </c>
+      <c r="F96" t="s">
+        <v>655</v>
+      </c>
+      <c r="G96" t="s">
         <v>656</v>
       </c>
-      <c r="B96" t="s">
+      <c r="H96" t="s">
         <v>657</v>
       </c>
-      <c r="C96" t="s">
+      <c r="I96" t="s">
         <v>658</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" t="s">
+      <c r="J96" t="s">
         <v>659</v>
       </c>
-      <c r="G96" t="s">
+      <c r="K96" t="s">
         <v>660</v>
-      </c>
-[...4 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
+        <v>661</v>
+      </c>
+      <c r="B97" t="s">
+        <v>662</v>
+      </c>
+      <c r="C97" t="s">
         <v>663</v>
       </c>
-      <c r="B97" t="s">
-[...2 lines deleted...]
-      <c r="C97" t="s">
+      <c r="D97" t="s">
         <v>664</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97" t="s">
         <v>665</v>
       </c>
-      <c r="E97" t="s">
+      <c r="F97" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="G97" t="s">
         <v>667</v>
       </c>
       <c r="H97" t="s">
         <v>668</v>
       </c>
       <c r="I97" t="s">
         <v>669</v>
       </c>
       <c r="J97" t="s">
         <v>670</v>
       </c>
       <c r="K97" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>672</v>
       </c>
       <c r="B98" t="s">
-        <v>335</v>
+        <v>673</v>
       </c>
       <c r="C98" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D98" t="s">
-        <v>674</v>
+        <v>423</v>
       </c>
       <c r="E98" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="F98" t="s">
         <v>675</v>
       </c>
       <c r="G98" t="s">
         <v>676</v>
       </c>
       <c r="H98" t="s">
         <v>677</v>
       </c>
-      <c r="I98" t="s">
+      <c r="K98" t="s">
         <v>678</v>
-      </c>
-[...4 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
+        <v>679</v>
+      </c>
+      <c r="B99" t="s">
+        <v>246</v>
+      </c>
+      <c r="C99" t="s">
+        <v>680</v>
+      </c>
+      <c r="D99" t="s">
         <v>681</v>
       </c>
-      <c r="B99" t="s">
-[...2 lines deleted...]
-      <c r="C99" t="s">
+      <c r="E99" t="s">
         <v>682</v>
       </c>
-      <c r="D99" t="s">
-[...2 lines deleted...]
-      <c r="E99" t="s">
+      <c r="F99" t="s">
+        <v>581</v>
+      </c>
+      <c r="G99" t="s">
         <v>683</v>
       </c>
-      <c r="F99" t="s">
+      <c r="H99" t="s">
         <v>684</v>
       </c>
-      <c r="G99" t="s">
+      <c r="I99" t="s">
         <v>685</v>
       </c>
-      <c r="H99" t="s">
+      <c r="J99" t="s">
         <v>686</v>
       </c>
-      <c r="I99" t="s">
+      <c r="K99" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
+        <v>688</v>
+      </c>
+      <c r="B100" t="s">
+        <v>351</v>
+      </c>
+      <c r="C100" t="s">
+        <v>689</v>
+      </c>
+      <c r="D100" t="s">
         <v>690</v>
       </c>
-      <c r="B100" t="s">
-[...2 lines deleted...]
-      <c r="C100" t="s">
+      <c r="E100" t="s">
+        <v>471</v>
+      </c>
+      <c r="F100" t="s">
         <v>691</v>
       </c>
-      <c r="D100" t="s">
+      <c r="G100" t="s">
         <v>692</v>
       </c>
-      <c r="E100" t="s">
-[...2 lines deleted...]
-      <c r="F100" t="s">
+      <c r="H100" t="s">
         <v>693</v>
       </c>
-      <c r="G100" t="s">
-[...2 lines deleted...]
-      <c r="H100" t="s">
+      <c r="I100" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="J100" t="s">
         <v>695</v>
       </c>
       <c r="K100" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
         <v>697</v>
       </c>
       <c r="B101" t="s">
-        <v>35</v>
+        <v>246</v>
       </c>
       <c r="C101" t="s">
         <v>698</v>
       </c>
       <c r="D101" t="s">
+        <v>690</v>
+      </c>
+      <c r="E101" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F101" t="s">
         <v>700</v>
       </c>
       <c r="G101" t="s">
         <v>701</v>
       </c>
       <c r="H101" t="s">
         <v>702</v>
       </c>
       <c r="I101" t="s">
         <v>703</v>
       </c>
       <c r="J101" t="s">
         <v>704</v>
       </c>
       <c r="K101" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
         <v>706</v>
       </c>
       <c r="B102" t="s">
-        <v>395</v>
+        <v>351</v>
       </c>
       <c r="C102" t="s">
         <v>707</v>
       </c>
       <c r="D102" t="s">
-        <v>692</v>
+        <v>708</v>
       </c>
       <c r="E102" t="s">
-        <v>222</v>
+        <v>444</v>
       </c>
       <c r="F102" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="G102" t="s">
-        <v>540</v>
+        <v>134</v>
       </c>
       <c r="H102" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="I102" t="s">
-        <v>710</v>
+        <v>648</v>
       </c>
       <c r="J102" t="s">
         <v>711</v>
       </c>
       <c r="K102" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>713</v>
       </c>
       <c r="B103" t="s">
+        <v>55</v>
+      </c>
+      <c r="C103" t="s">
         <v>714</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>715</v>
       </c>
-      <c r="D103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" t="s">
-        <v>222</v>
+        <v>444</v>
       </c>
       <c r="F103" t="s">
         <v>716</v>
       </c>
       <c r="G103" t="s">
-        <v>147</v>
+        <v>717</v>
       </c>
       <c r="H103" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="I103" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="J103" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="K103" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>721</v>
+        <v>722</v>
+      </c>
+      <c r="B104" t="s">
+        <v>411</v>
+      </c>
+      <c r="C104" t="s">
+        <v>723</v>
+      </c>
+      <c r="D104" t="s">
+        <v>708</v>
       </c>
       <c r="E104" t="s">
-        <v>395</v>
+        <v>15</v>
+      </c>
+      <c r="F104" t="s">
+        <v>724</v>
+      </c>
+      <c r="G104" t="s">
+        <v>556</v>
+      </c>
+      <c r="H104" t="s">
+        <v>725</v>
+      </c>
+      <c r="I104" t="s">
+        <v>726</v>
+      </c>
+      <c r="J104" t="s">
+        <v>727</v>
       </c>
       <c r="K104" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>723</v>
+        <v>729</v>
+      </c>
+      <c r="B105" t="s">
+        <v>12</v>
+      </c>
+      <c r="C105" t="s">
+        <v>730</v>
+      </c>
+      <c r="D105" t="s">
+        <v>664</v>
       </c>
       <c r="E105" t="s">
-        <v>137</v>
+        <v>15</v>
+      </c>
+      <c r="F105" t="s">
+        <v>731</v>
+      </c>
+      <c r="G105" t="s">
+        <v>151</v>
+      </c>
+      <c r="H105" t="s">
+        <v>732</v>
+      </c>
+      <c r="I105" t="s">
+        <v>733</v>
+      </c>
+      <c r="J105" t="s">
+        <v>734</v>
       </c>
       <c r="K105" t="s">
-        <v>724</v>
+        <v>735</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="E106" t="s">
-        <v>335</v>
+        <v>411</v>
       </c>
       <c r="K106" t="s">
-        <v>343</v>
+        <v>737</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="E107" t="s">
-        <v>40</v>
+        <v>157</v>
       </c>
       <c r="K107" t="s">
-        <v>353</v>
+        <v>739</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>727</v>
+        <v>740</v>
       </c>
       <c r="E108" t="s">
-        <v>252</v>
+        <v>351</v>
       </c>
       <c r="K108" t="s">
-        <v>728</v>
+        <v>359</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" t="s">
+        <v>741</v>
+      </c>
+      <c r="E109" t="s">
+        <v>60</v>
+      </c>
+      <c r="K109" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" t="s">
+        <v>742</v>
+      </c>
+      <c r="E110" t="s">
+        <v>270</v>
+      </c>
+      <c r="K110" t="s">
+        <v>743</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">